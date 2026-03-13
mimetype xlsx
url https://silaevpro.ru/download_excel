--- v0 (2026-01-26)
+++ v1 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Products" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1032" uniqueCount="612">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Сезон</t>
   </si>
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Вес</t>
   </si>
   <si>
     <t>02B00-AAZ</t>
   </si>
   <si>
     <t>Всесезонный</t>
   </si>
   <si>
     <t>MIX смесь взрослая всесезонная</t>
   </si>
   <si>
@@ -99,1817 +99,1595 @@
   <si>
     <t>Брюки спортивные (1-я кат.)</t>
   </si>
   <si>
     <t>AJJ</t>
   </si>
   <si>
     <t>Куртки джинсовые</t>
   </si>
   <si>
     <t>AJJ -25</t>
   </si>
   <si>
     <t>ANO-EXT-1</t>
   </si>
   <si>
     <t>Куртки (1-я кат)</t>
   </si>
   <si>
     <t>Ano№1</t>
   </si>
   <si>
     <t>Куртки зимние</t>
   </si>
   <si>
-    <t>ANORAK 100G</t>
-[...16 lines deleted...]
-  <si>
     <t>ANORAK JEANS-V</t>
   </si>
   <si>
     <t>Anorak Winter</t>
   </si>
   <si>
     <t>Куртки (EXTRА)</t>
   </si>
   <si>
     <t>Antico</t>
   </si>
   <si>
     <t>Несезонный</t>
   </si>
   <si>
     <t>Скатерти декоративные</t>
   </si>
   <si>
     <t>APM</t>
   </si>
   <si>
     <t>MIX смесь взрослая</t>
   </si>
   <si>
     <t>AUS ALL SEASON CREAM MIX</t>
   </si>
   <si>
     <t>MIX смесь взрослая весна-лето (CREAM)</t>
   </si>
   <si>
     <t>AUS ALL SEASON CREAM+1 MIX</t>
   </si>
   <si>
     <t>MIX смесь взрослая весна-лето (EXTRA)</t>
   </si>
   <si>
-    <t>AUS MEN TROPICAL PANTS (MTP)</t>
-[...2 lines deleted...]
-    <t>Брюки мужские</t>
+    <t>AUS ALL SEASON NO.1 MIX</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая весна-лето (1-кат)</t>
+  </si>
+  <si>
+    <t>AUS LADIES BLOUSE (LBL) CREAM</t>
+  </si>
+  <si>
+    <t>Блузы (cream)</t>
+  </si>
+  <si>
+    <t>AUS LADIES CREAM SHOES</t>
+  </si>
+  <si>
+    <t>Обувь женская (CREAM)</t>
+  </si>
+  <si>
+    <t>AUS LADIES SILK NIGHTIES</t>
+  </si>
+  <si>
+    <t>Бельё ночное нейлон</t>
+  </si>
+  <si>
+    <t>AUS MEN COTTON PANTS (MCP)</t>
+  </si>
+  <si>
+    <t>Брюки хлопковые, слаксы</t>
+  </si>
+  <si>
+    <t>AUS SPORTS BRA CREAM</t>
+  </si>
+  <si>
+    <t>Топики спортивные (cream)</t>
+  </si>
+  <si>
+    <t>AUS SPORTS T-SHIRT</t>
+  </si>
+  <si>
+    <t>Футболки спортивные</t>
   </si>
   <si>
     <t>AUS SUMMER MIX NO.1</t>
   </si>
   <si>
     <t>MIX смесь взрослая лето (1-я кат.)</t>
   </si>
   <si>
     <t>BABY MIX (SUPER CREAM)</t>
   </si>
   <si>
     <t>Детская смесь всесезонная</t>
   </si>
   <si>
     <t>Badeanzuge</t>
   </si>
   <si>
     <t>Купальники</t>
   </si>
   <si>
     <t>Bademantel</t>
   </si>
   <si>
     <t>Халаты банные (EXTRA)</t>
   </si>
   <si>
     <t>Bambino Invernale</t>
   </si>
   <si>
     <t>Детская смесь зимняя (EXTRA)</t>
   </si>
   <si>
-    <t>Bambino Misto</t>
-[...4 lines deleted...]
-  <si>
     <t>BATHROBES EXTRA-V</t>
   </si>
   <si>
     <t>Bettwasche</t>
   </si>
   <si>
     <t>Постельное бельё (EXTRA)</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Джинсы</t>
   </si>
   <si>
-    <t>BJ-MEN</t>
-[...4 lines deleted...]
-  <si>
     <t>BJ-SKIN</t>
   </si>
   <si>
     <t>BJ-TRENDY</t>
   </si>
   <si>
     <t>BJ-TRENDY 1</t>
   </si>
   <si>
     <t>Джинсы (EXTRA)</t>
   </si>
   <si>
     <t>BJ-XXL</t>
   </si>
   <si>
     <t>Джинсы больших размеров</t>
   </si>
   <si>
     <t>BLH</t>
   </si>
   <si>
     <t>Блузы женские (EXTRA)</t>
   </si>
   <si>
     <t>BODYW-1</t>
   </si>
   <si>
     <t>Жилетки</t>
   </si>
   <si>
     <t>BOOT MIX 1 Gold</t>
   </si>
   <si>
     <t>Обувь осенняя женская, мужская и детская (EXTRA)</t>
   </si>
   <si>
     <t>BOOTS-X</t>
   </si>
   <si>
     <t>Обувь женская зимняя (EXTRA)</t>
   </si>
   <si>
-    <t>BRAND SHOES-V</t>
-[...4 lines deleted...]
-  <si>
     <t>BWK</t>
   </si>
   <si>
     <t>Платья и юбки (EXTRA)</t>
   </si>
   <si>
-    <t>C-SOE</t>
+    <t>C-SOE-B</t>
+  </si>
+  <si>
+    <t>Обувь детская (0-3 КРЕМ)</t>
+  </si>
+  <si>
+    <t>C-SOE-CLR</t>
+  </si>
+  <si>
+    <t>Обувь детская  (0-3)</t>
+  </si>
+  <si>
+    <t>CCR-X</t>
+  </si>
+  <si>
+    <t>Детская смесь от 0 до 7 лет (EXTRA+CREAM)</t>
+  </si>
+  <si>
+    <t>CEL ADULTS</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (CREAM)</t>
+  </si>
+  <si>
+    <t>CEL S</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая летняя (CREAM)</t>
+  </si>
+  <si>
+    <t>CELS SHOES</t>
+  </si>
+  <si>
+    <t>Обувь взрослая + детская</t>
+  </si>
+  <si>
+    <t>CHILD EXT</t>
+  </si>
+  <si>
+    <t>Детская смесь (EXTRA)</t>
+  </si>
+  <si>
+    <t>CHILDREN  ANORAK NOT SLEEVES-V</t>
+  </si>
+  <si>
+    <t>Жилетки детские</t>
+  </si>
+  <si>
+    <t>Children ABD</t>
+  </si>
+  <si>
+    <t>Обувь детская спорт</t>
+  </si>
+  <si>
+    <t>CHSKI</t>
+  </si>
+  <si>
+    <t>Комбинезоны детские</t>
+  </si>
+  <si>
+    <t>CHSKJ</t>
+  </si>
+  <si>
+    <t>CHZIP-X</t>
+  </si>
+  <si>
+    <t>Куртки детские (EXTRA)</t>
+  </si>
+  <si>
+    <t>CLD</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая зимняя (Шотландия)</t>
+  </si>
+  <si>
+    <t>CLR BABY-B</t>
+  </si>
+  <si>
+    <t>Детская смесь  всесезонная</t>
+  </si>
+  <si>
+    <t>CLR-FLEECE</t>
+  </si>
+  <si>
+    <t>Флис детские (EXTRA)</t>
+  </si>
+  <si>
+    <t>CLR-SKP-II</t>
+  </si>
+  <si>
+    <t>Комбинезоны детские лыжные</t>
+  </si>
+  <si>
+    <t>CLR+</t>
+  </si>
+  <si>
+    <t>Детская смесь  (EXTRA)</t>
+  </si>
+  <si>
+    <t>CPK MIX</t>
+  </si>
+  <si>
+    <t>Толстовки и капюшонки</t>
+  </si>
+  <si>
+    <t>CPO-2 FLEE</t>
+  </si>
+  <si>
+    <t>Флис</t>
+  </si>
+  <si>
+    <t>CREAM BOOTS-IT</t>
+  </si>
+  <si>
+    <t>Обувь зимняя женская (EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM CHRISTMAS HHR-IT</t>
+  </si>
+  <si>
+    <t>Скатерти декоротивные-новогодние</t>
+  </si>
+  <si>
+    <t>Cream mix Summer ABD</t>
+  </si>
+  <si>
+    <t>Обувь летняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM MIX-IT</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая осень-зима+бренды (CREAM)</t>
+  </si>
+  <si>
+    <t>CREAM WINTER SHOES-IT</t>
+  </si>
+  <si>
+    <t>Обувь зимняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM+BLANKET-IT</t>
+  </si>
+  <si>
+    <t>Одеяла</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA ANORAC-IT -25</t>
+  </si>
+  <si>
+    <t>Куртки женские (EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA BAGS-IT</t>
+  </si>
+  <si>
+    <t>Сумки (CREAM+EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA CHRISTMAS SWEATERS-IT</t>
+  </si>
+  <si>
+    <t>Свитера новогодние</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA CURTAIN-IT</t>
+  </si>
+  <si>
+    <t>Шторы</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA FUSON-IT</t>
+  </si>
+  <si>
+    <t>Легинсы теплые</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA MIX BRAND-IT</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая весна+бренды</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA PANTS-IT</t>
+  </si>
+  <si>
+    <t>Джинсы и брюки  (CREAM+EXTRA)</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA SKY-IT</t>
+  </si>
+  <si>
+    <t>Комбинезоны лыжные</t>
+  </si>
+  <si>
+    <t>CREAM+EXTRA WORKWEAR-IT</t>
+  </si>
+  <si>
+    <t>Рабочая одежда</t>
+  </si>
+  <si>
+    <t>D2D</t>
+  </si>
+  <si>
+    <t>MIX смесь категория "Оригинал"</t>
+  </si>
+  <si>
+    <t>Damen Hosen extra leicht</t>
+  </si>
+  <si>
+    <t>Брюки гавайские (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Kleider Kruz</t>
+  </si>
+  <si>
+    <t>Платья легкие, сарафаны, юбки (EXTRА)</t>
+  </si>
+  <si>
+    <t>Damen MIX</t>
+  </si>
+  <si>
+    <t>MIX смесь женская (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Mix Summer</t>
+  </si>
+  <si>
+    <t>MIX смесь женская летняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Som Jacken</t>
+  </si>
+  <si>
+    <t>Ветровки женские (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Som Rocke, Kleider, Kos</t>
+  </si>
+  <si>
+    <t>Платья юбки и костюмы  весна-лето(EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Sommer Blusen</t>
+  </si>
+  <si>
+    <t>Блузы женские весна-лето(EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Sommer Hosen</t>
+  </si>
+  <si>
+    <t>Брюки женские весна-лето (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Win Jacken</t>
+  </si>
+  <si>
+    <t>Куртки женские (EXTRА)</t>
+  </si>
+  <si>
+    <t>Damen Win Rocke, Kleider</t>
+  </si>
+  <si>
+    <t>Платья и юбки теплые (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Winter Hosen</t>
+  </si>
+  <si>
+    <t>Брюки женские теплые (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damen Winter Mantel</t>
+  </si>
+  <si>
+    <t>Пальто женские шерстяные (EXTRA)</t>
+  </si>
+  <si>
+    <t>Damenkittel bunt</t>
+  </si>
+  <si>
+    <t>Халаты и фартуки легкие (EXTRA)</t>
+  </si>
+  <si>
+    <t>Daunenjacken</t>
+  </si>
+  <si>
+    <t>Куртки зимние (пуховики)</t>
+  </si>
+  <si>
+    <t>Daunenjacken I</t>
+  </si>
+  <si>
+    <t>DOCTOR DRESS-V</t>
+  </si>
+  <si>
+    <t>MIX медицинская одежда</t>
+  </si>
+  <si>
+    <t>E10 -60</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (EXTRA + 1-я кат.)</t>
+  </si>
+  <si>
+    <t>ECO</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (1-я кат+EXTRA)</t>
+  </si>
+  <si>
+    <t>EUROmix GBX</t>
+  </si>
+  <si>
+    <t>MIX сместь взрослая + детская летняя</t>
+  </si>
+  <si>
+    <t>EX-BBSSH-B</t>
+  </si>
+  <si>
+    <t>Обувь детская летняя</t>
+  </si>
+  <si>
+    <t>EX-PLS-B</t>
+  </si>
+  <si>
+    <t>Сапоги резиновые</t>
+  </si>
+  <si>
+    <t>EXTRA MIX+BREND MIX-IT</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая + бренды весна (EXTRA)</t>
+  </si>
+  <si>
+    <t>EXTRA ORIG MIX</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая и детская (EXTRA)</t>
+  </si>
+  <si>
+    <t>EXTRA SPORT MIX-IT</t>
+  </si>
+  <si>
+    <t>Спорт</t>
+  </si>
+  <si>
+    <t>FCAPS</t>
+  </si>
+  <si>
+    <t>Бейсболки</t>
+  </si>
+  <si>
+    <t>FH.BRK</t>
+  </si>
+  <si>
+    <t>Брюки мужские (EXTRA)</t>
+  </si>
+  <si>
+    <t>FL-SH</t>
+  </si>
+  <si>
+    <t>Рубашки фланелевые</t>
+  </si>
+  <si>
+    <t>FL-X -15</t>
+  </si>
+  <si>
+    <t>Флис (EXTRA)</t>
+  </si>
+  <si>
+    <t>FL-X -20</t>
+  </si>
+  <si>
+    <t>Fleece Hosen</t>
+  </si>
+  <si>
+    <t>Брюки флисовые</t>
+  </si>
+  <si>
+    <t>Fleece II</t>
+  </si>
+  <si>
+    <t>Флис  (1-я кат.)</t>
+  </si>
+  <si>
+    <t>FLEECE TROUSERS-V</t>
+  </si>
+  <si>
+    <t>FLEECE-EXT-1</t>
+  </si>
+  <si>
+    <t>Флис (1-я кат)</t>
+  </si>
+  <si>
+    <t>FLJ-1</t>
+  </si>
+  <si>
+    <t>FlOWER TROUSERS-V</t>
+  </si>
+  <si>
+    <t>Брюки гавайские</t>
+  </si>
+  <si>
+    <t>Fussball-Trikot</t>
+  </si>
+  <si>
+    <t>Футболки спорт</t>
+  </si>
+  <si>
+    <t>Gardinen</t>
+  </si>
+  <si>
+    <t>Тюль (EXTRA)</t>
+  </si>
+  <si>
+    <t>Geo-Mix S/W Gem</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная весенняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>Geo-Mix Sommer</t>
+  </si>
+  <si>
+    <t>Geo-Mix Sommer Extrem</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая летняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>Geo-Mix Winter Extrem</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая зимняя (EXTRA)</t>
+  </si>
+  <si>
+    <t>GLOVES -15</t>
+  </si>
+  <si>
+    <t>Перчатки</t>
+  </si>
+  <si>
+    <t>GLOVES -20</t>
+  </si>
+  <si>
+    <t>H-CMR-X</t>
+  </si>
+  <si>
+    <t>H-ORL</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая зимняя (1-я кат.)</t>
+  </si>
+  <si>
+    <t>Handschuhe</t>
+  </si>
+  <si>
+    <t>Перчатки (EXTRA)</t>
+  </si>
+  <si>
+    <t>Handtucher</t>
+  </si>
+  <si>
+    <t>Полотенца</t>
+  </si>
+  <si>
+    <t>Haushalt</t>
+  </si>
+  <si>
+    <t>Домашний обиход (EXTRA)</t>
+  </si>
+  <si>
+    <t>HAWAI</t>
+  </si>
+  <si>
+    <t>HB SUPER</t>
+  </si>
+  <si>
+    <t>Сумки (EXTRA)</t>
+  </si>
+  <si>
+    <t>Herren Som Hemden</t>
+  </si>
+  <si>
+    <t>Рубашки мужские (EXTRA)</t>
+  </si>
+  <si>
+    <t>Herren Som Hosen</t>
+  </si>
+  <si>
+    <t>Брюки мужские летние (EXTRA)</t>
+  </si>
+  <si>
+    <t>Herren Win Hemden</t>
+  </si>
+  <si>
+    <t>Рубашки фланелевые (EXTRA)</t>
+  </si>
+  <si>
+    <t>Herren Win Unterwasche</t>
+  </si>
+  <si>
+    <t>Бельё нательное утепленное</t>
+  </si>
+  <si>
+    <t>Herren Winter Hosen</t>
+  </si>
+  <si>
+    <t>Брюки мужские зимние (EXTRA)</t>
+  </si>
+  <si>
+    <t>Herrenhosen Grossen</t>
+  </si>
+  <si>
+    <t>Брюки мужские больших размеров  (EXTRA)</t>
+  </si>
+  <si>
+    <t>HHM-X</t>
+  </si>
+  <si>
+    <t>HHR F</t>
+  </si>
+  <si>
+    <t>HHR-B+</t>
+  </si>
+  <si>
+    <t>Постельное белье+домашний обиход</t>
+  </si>
+  <si>
+    <t>HHR-SNA</t>
+  </si>
+  <si>
+    <t>Домашний обиход</t>
+  </si>
+  <si>
+    <t>HHU</t>
+  </si>
+  <si>
+    <t>HOODED SWEATSHIRT -V</t>
+  </si>
+  <si>
+    <t>Капюшонки</t>
+  </si>
+  <si>
+    <t>HR EXT</t>
+  </si>
+  <si>
+    <t>Hr. T-shirt</t>
+  </si>
+  <si>
+    <t>Футболки мужские (1-я кат.)</t>
+  </si>
+  <si>
+    <t>ITALIA BABY SUM/WIN (CREAM/EX)-IT</t>
+  </si>
+  <si>
+    <t>Детская смесь от 0 до 12 лет (EXTRA)</t>
+  </si>
+  <si>
+    <t>ITALIA BABY WINTER (CREAM/EX)-IT</t>
+  </si>
+  <si>
+    <t>Детская смесь от 0 до 12 лет зима (EXTRA)</t>
+  </si>
+  <si>
+    <t>Jeans Damen+Herren</t>
+  </si>
+  <si>
+    <t>Джинсы (EXTRА)</t>
+  </si>
+  <si>
+    <t>JEANS F</t>
+  </si>
+  <si>
+    <t>Джинсы  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Jeanshemden</t>
+  </si>
+  <si>
+    <t>Рубашки джинсовые (EXTRA)</t>
+  </si>
+  <si>
+    <t>JOG-F</t>
+  </si>
+  <si>
+    <t>Толстовки х/б (EXTRA)</t>
+  </si>
+  <si>
+    <t>JOGBRK F</t>
+  </si>
+  <si>
+    <t>Брюки спортивные х/б (EXTRA)</t>
+  </si>
+  <si>
+    <t>JOGG L</t>
+  </si>
+  <si>
+    <t>Футболки с длинным рукавом (CREAM)</t>
+  </si>
+  <si>
+    <t>Jogging 1</t>
+  </si>
+  <si>
+    <t>Брюки спортивные х/б (1-я кат.)</t>
+  </si>
+  <si>
+    <t>JOGSW-X</t>
+  </si>
+  <si>
+    <t>JOGTR-X</t>
+  </si>
+  <si>
+    <t>Kaputze</t>
+  </si>
+  <si>
+    <t>Karnaval/EX</t>
+  </si>
+  <si>
+    <t>Маскарадные костюмы</t>
+  </si>
+  <si>
+    <t>KBL-F</t>
+  </si>
+  <si>
+    <t>KG-H3 -30</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (EXTRA+CREAM)</t>
+  </si>
+  <si>
+    <t>KG-X -30</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (1-я кат.)</t>
+  </si>
+  <si>
+    <t>KG-X -60</t>
+  </si>
+  <si>
+    <t>KG-X-W -30</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая зимняя</t>
+  </si>
+  <si>
+    <t>KG-Z -30</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (EXTRA+1-я кат.)</t>
+  </si>
+  <si>
+    <t>Kinder Baby Sum/Win</t>
+  </si>
+  <si>
+    <t>Детская смесь всесезонная от 0 до 12 лет (EXTRA)</t>
+  </si>
+  <si>
+    <t>Kinder Baby Win</t>
+  </si>
+  <si>
+    <t>Детская смесь зимняя от 0 до 12 лет (EXTRA)</t>
+  </si>
+  <si>
+    <t>Kinder Som Jacken</t>
+  </si>
+  <si>
+    <t>Ветровки детские (EXTRA)</t>
+  </si>
+  <si>
+    <t>Kinder Sweatshirt</t>
+  </si>
+  <si>
+    <t>Толстовки детские</t>
+  </si>
+  <si>
+    <t>Kinderhosen</t>
+  </si>
+  <si>
+    <t>Джинсы и брюки детские</t>
+  </si>
+  <si>
+    <t>Kinderjacken</t>
+  </si>
+  <si>
+    <t>Куртки детские тепые (EXTRA)</t>
+  </si>
+  <si>
+    <t>Kordhosen Damen+Herren</t>
+  </si>
+  <si>
+    <t>Брюки вельветовые (EXTRА)</t>
+  </si>
+  <si>
+    <t>Kordhosen Grossen</t>
+  </si>
+  <si>
+    <t>Брюки вельветовые больших размеров (EXTRA)</t>
+  </si>
+  <si>
+    <t>Krankenhausbekleidung</t>
+  </si>
+  <si>
+    <t>Халаты медицинские</t>
+  </si>
+  <si>
+    <t>KRM</t>
+  </si>
+  <si>
+    <t>L Light Z Jackets</t>
+  </si>
+  <si>
+    <t>L Skinny pants</t>
+  </si>
+  <si>
+    <t>Брюки женские стрейч (CREAM)</t>
+  </si>
+  <si>
+    <t>L-LPULL-1</t>
+  </si>
+  <si>
+    <t>Свитера лёгкие</t>
+  </si>
+  <si>
+    <t>L-ORL</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая летняя (1-я кат.)</t>
+  </si>
+  <si>
+    <t>L-TOP</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая+детская летняя</t>
+  </si>
+  <si>
+    <t>L-TOP-X</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослый брендовая одежда летняя (CREAM)</t>
+  </si>
+  <si>
+    <t>L-ZIP-X</t>
+  </si>
+  <si>
+    <t>Ветровки (EXTRA)</t>
+  </si>
+  <si>
+    <t>LADY cream</t>
+  </si>
+  <si>
+    <t>Обувь всесезонная (EXTRA)</t>
+  </si>
+  <si>
+    <t>Lady Flat ABD</t>
+  </si>
+  <si>
+    <t>Обувь женская лето (балетки, мокасины)</t>
+  </si>
+  <si>
+    <t>LADY JOGGING TROUSERS-V</t>
+  </si>
+  <si>
+    <t>Брюки спортивные женские</t>
+  </si>
+  <si>
+    <t>LADY LONG PULLOVER-V</t>
+  </si>
+  <si>
+    <t>Свитера</t>
+  </si>
+  <si>
+    <t>LADY MODERN COAT EXTRA-V</t>
+  </si>
+  <si>
+    <t>Пальто женские (EXTRA)</t>
+  </si>
+  <si>
+    <t>LADY SWEATERS OPEN BOTTON-V</t>
+  </si>
+  <si>
+    <t>Свитера женские</t>
+  </si>
+  <si>
+    <t>LADY T-SHIRT L/S-V</t>
+  </si>
+  <si>
+    <t>Футболки женские длинный рукав</t>
+  </si>
+  <si>
+    <t>LADY WINTER FASHION TR.-V</t>
+  </si>
+  <si>
+    <t>Брюки и джинсы  женские теплые</t>
+  </si>
+  <si>
+    <t>Lammy EX Geo</t>
+  </si>
+  <si>
+    <t>Дубленки натуральные</t>
+  </si>
+  <si>
+    <t>Lammy Synthetik</t>
+  </si>
+  <si>
+    <t>Дубленки искуственные  (EXTRA)</t>
+  </si>
+  <si>
+    <t>LB LADY</t>
+  </si>
+  <si>
+    <t>Блузы женские</t>
+  </si>
+  <si>
+    <t>LB XL</t>
+  </si>
+  <si>
+    <t>Блузы женские большие размеры</t>
+  </si>
+  <si>
+    <t>LB-TR</t>
+  </si>
+  <si>
+    <t>Блузы женские трикотажные</t>
+  </si>
+  <si>
+    <t>LBL-X</t>
+  </si>
+  <si>
+    <t>LCDR-X</t>
+  </si>
+  <si>
+    <t>Платья</t>
+  </si>
+  <si>
+    <t>LCSK-X</t>
+  </si>
+  <si>
+    <t>Юбки летние (EXTRA)</t>
+  </si>
+  <si>
+    <t>LD</t>
+  </si>
+  <si>
+    <t>Платья (EXTRA)</t>
+  </si>
+  <si>
+    <t>LD-PRO</t>
+  </si>
+  <si>
+    <t>Платья вечерние (EXTRA)</t>
+  </si>
+  <si>
+    <t>LD-SK-S</t>
+  </si>
+  <si>
+    <t>Платья и юбки летние</t>
+  </si>
+  <si>
+    <t>LEATHER ECO BELG</t>
+  </si>
+  <si>
+    <t>MIX изделия из эко кожи</t>
+  </si>
+  <si>
+    <t>LEATHER EXTRA BELG</t>
+  </si>
+  <si>
+    <t>MIX изделия из кожи</t>
+  </si>
+  <si>
+    <t>Leder Herren Geo</t>
+  </si>
+  <si>
+    <t>Кожаные куртки мужские (EXTRA)</t>
+  </si>
+  <si>
+    <t>Lederhosen</t>
+  </si>
+  <si>
+    <t>Кожаные брюки (EXTRA)</t>
+  </si>
+  <si>
+    <t>LEG-X</t>
+  </si>
+  <si>
+    <t>Легинсы</t>
+  </si>
+  <si>
+    <t>Leggin</t>
+  </si>
+  <si>
+    <t>LEGGINS</t>
+  </si>
+  <si>
+    <t>LEGGINS EXTRA-V</t>
+  </si>
+  <si>
+    <t>LIGHT ANORAK EXTRA-V</t>
+  </si>
+  <si>
+    <t>LING-X</t>
+  </si>
+  <si>
+    <t>Бельё нижнее (EXTRA)</t>
+  </si>
+  <si>
+    <t>LJ-DM</t>
+  </si>
+  <si>
+    <t>Пальто и полупальто женские</t>
+  </si>
+  <si>
+    <t>LJH</t>
+  </si>
+  <si>
+    <t>Полупальто женские</t>
+  </si>
+  <si>
+    <t>LJTR-X</t>
+  </si>
+  <si>
+    <t>Джинсы женские</t>
+  </si>
+  <si>
+    <t>LMPO</t>
+  </si>
+  <si>
+    <t>Джинсы и брюки  женские (EXTRA)</t>
+  </si>
+  <si>
+    <t>LNG</t>
+  </si>
+  <si>
+    <t>LPM-E</t>
+  </si>
+  <si>
+    <t>LPM-TRENDY</t>
+  </si>
+  <si>
+    <t>Брюки женские</t>
+  </si>
+  <si>
+    <t>M-Mix Fash Reno-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская осень - зима (EXTRА)</t>
+  </si>
+  <si>
+    <t>M-Mix Fash-USA</t>
+  </si>
+  <si>
+    <t>MIX Смесь мужская всесезонная</t>
+  </si>
+  <si>
+    <t>M-Mix Plus-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская осень-зима (большие размеры)</t>
+  </si>
+  <si>
+    <t>M-Mix Sum Fash Reno-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская весна-лето (CREAM)</t>
+  </si>
+  <si>
+    <t>M-Mix Sum Fash-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская лето</t>
+  </si>
+  <si>
+    <t>M-Mix Sum Plus-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская лето (большие размеры)</t>
+  </si>
+  <si>
+    <t>M-Mix Win Fash-USA</t>
+  </si>
+  <si>
+    <t>MIX смесь мужская зимняя</t>
+  </si>
+  <si>
+    <t>M-T-Shirts Fash-USA</t>
+  </si>
+  <si>
+    <t>Футболки мужские</t>
+  </si>
+  <si>
+    <t>M+C BOOTS</t>
+  </si>
+  <si>
+    <t>Обувь мужская и детская</t>
+  </si>
+  <si>
+    <t>MAF</t>
+  </si>
+  <si>
+    <t>MIX смесь всесезонная (EXTRA)</t>
+  </si>
+  <si>
+    <t>MAN+LADIES JEANS-V</t>
+  </si>
+  <si>
+    <t>MCOR-X</t>
+  </si>
+  <si>
+    <t>Брюки мужские вельветовые  (EXTRA)</t>
+  </si>
+  <si>
+    <t>MCTR-X</t>
+  </si>
+  <si>
+    <t>Брюки мужские х/б (EXTRA)</t>
+  </si>
+  <si>
+    <t>MEN TROUSERS XXL-V -25</t>
+  </si>
+  <si>
+    <t>Брюки и джинсы мужские больших размеров</t>
+  </si>
+  <si>
+    <t>MIAMI</t>
+  </si>
+  <si>
+    <t>MIX A gem S/W</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (EXTRA.)</t>
+  </si>
+  <si>
+    <t>Mix A Sommer</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая летняя (EXTRA+1-я кат.)</t>
+  </si>
+  <si>
+    <t>Mix B Winter</t>
+  </si>
+  <si>
+    <t>MIX BRAND CANVAS</t>
+  </si>
+  <si>
+    <t>Обувь летняя взрослая+детская (кеды)</t>
+  </si>
+  <si>
+    <t>MIX XXL 1</t>
+  </si>
+  <si>
+    <t>MIX смесь большие размеры</t>
+  </si>
+  <si>
+    <t>Mix-B Geo</t>
+  </si>
+  <si>
+    <t>Mix-B Som</t>
+  </si>
+  <si>
+    <t>MIX-X -60</t>
+  </si>
+  <si>
+    <t>MIX Смесь взрослая всесезонная</t>
+  </si>
+  <si>
+    <t>MJ -20</t>
+  </si>
+  <si>
+    <t>MIX одежда для мотоциклистов</t>
+  </si>
+  <si>
+    <t>MJSH-X</t>
+  </si>
+  <si>
+    <t>Рубашки джинсовые мужские</t>
+  </si>
+  <si>
+    <t>MJTR-X</t>
+  </si>
+  <si>
+    <t>Motorrad Leder</t>
+  </si>
+  <si>
+    <t>MIX одежда для мотоциклистов (кожа)</t>
+  </si>
+  <si>
+    <t>Mototrrad</t>
+  </si>
+  <si>
+    <t>MRST</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая всесезонная (EXTRA)</t>
+  </si>
+  <si>
+    <t>MSH-X</t>
+  </si>
+  <si>
+    <t>MTSHLS -25</t>
+  </si>
+  <si>
+    <t>Футболки мужские длинный рукав</t>
+  </si>
+  <si>
+    <t>MTSHLS -50</t>
+  </si>
+  <si>
+    <t>MTSHLS -60</t>
+  </si>
+  <si>
+    <t>MTTR-X</t>
+  </si>
+  <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>O-CLR-W</t>
+  </si>
+  <si>
+    <t>O-Ex+A</t>
+  </si>
+  <si>
+    <t>O-Ex+A-S</t>
+  </si>
+  <si>
+    <t>MIX смесь взрослая летняя</t>
+  </si>
+  <si>
+    <t>ORL -60</t>
+  </si>
+  <si>
+    <t>ORL-B</t>
+  </si>
+  <si>
+    <t>Рабочая одежда (EXTRA)</t>
+  </si>
+  <si>
+    <t>OSH-X</t>
+  </si>
+  <si>
+    <t>Шорты (EXTRA)</t>
+  </si>
+  <si>
+    <t>PAIL-IT</t>
+  </si>
+  <si>
+    <t>Parka</t>
+  </si>
+  <si>
+    <t>Куртки зимние (удлиненные)</t>
+  </si>
+  <si>
+    <t>Plasti Kleider Rocke</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>Plastik Jacken EX Geo</t>
+  </si>
+  <si>
+    <t>Куртки из экокожи (EXTRA)</t>
+  </si>
+  <si>
+    <t>Primark bra Sport</t>
+  </si>
+  <si>
+    <t>Топики-бюстгальтеры спортивные</t>
+  </si>
+  <si>
+    <t>Pullover Damen+Herren</t>
+  </si>
+  <si>
+    <t>Свитера (EXTRA)</t>
+  </si>
+  <si>
+    <t>Pullover Fleece</t>
+  </si>
+  <si>
+    <t>Pullover Sommer</t>
+  </si>
+  <si>
+    <t>Pullover winter</t>
+  </si>
+  <si>
+    <t>Pullover X-Mas</t>
+  </si>
+  <si>
+    <t>Свитера рождественские</t>
+  </si>
+  <si>
+    <t>R ALL Seo</t>
+  </si>
+  <si>
+    <t>R J Wi</t>
+  </si>
+  <si>
+    <t>RST</t>
+  </si>
+  <si>
+    <t>SCARF-X</t>
+  </si>
+  <si>
+    <t>Шарфы</t>
+  </si>
+  <si>
+    <t>SCARF-X -25</t>
+  </si>
+  <si>
+    <t>Schaffelle Geo</t>
+  </si>
+  <si>
+    <t>Коврики из овчины (EXTRA)</t>
+  </si>
+  <si>
+    <t>Sciarpe-Cappelli-Guatn</t>
+  </si>
+  <si>
+    <t>Шарфы шапки перчатки</t>
+  </si>
+  <si>
+    <t>SDT EXT</t>
+  </si>
+  <si>
+    <t>SDT EXT Wl 25</t>
+  </si>
+  <si>
+    <t>MIX смесь зимняя взрослая и детская (EXTRA)</t>
+  </si>
+  <si>
+    <t>SH-CLR-S</t>
+  </si>
+  <si>
+    <t>SH-CLR-W</t>
+  </si>
+  <si>
+    <t>Обувь детская зимняя</t>
+  </si>
+  <si>
+    <t>SH-S</t>
+  </si>
+  <si>
+    <t>Обувь летняя</t>
+  </si>
+  <si>
+    <t>SHOE-X</t>
   </si>
   <si>
     <t>Обувь (EXTRA)</t>
   </si>
   <si>
-    <t>C-SOE-B</t>
-[...1429 lines deleted...]
-  <si>
     <t>SHOP S/W CREAM+EXTRA-V</t>
   </si>
   <si>
     <t>MIX смесь взрослая всесезонная (CREAM+EXTRA)</t>
   </si>
   <si>
-    <t>SHOP SUMMER CREAM+EXTRA-V</t>
-[...10 lines deleted...]
-  <si>
     <t>Short</t>
   </si>
   <si>
-    <t>SHR</t>
-[...2 lines deleted...]
-    <t>Домашний обиход (мелочь)</t>
+    <t>SHP</t>
+  </si>
+  <si>
+    <t>Ангора и свитера</t>
   </si>
   <si>
     <t>SJ-CLR</t>
   </si>
   <si>
     <t>Куртки детские</t>
   </si>
   <si>
-    <t>SJ-S</t>
-[...1 lines deleted...]
-  <si>
     <t>SJ-W</t>
   </si>
   <si>
     <t>SJ3C</t>
   </si>
   <si>
     <t>SKI CH</t>
   </si>
   <si>
     <t>SKI CHILDREN-V</t>
   </si>
   <si>
-    <t>SKI SUITS</t>
-[...1 lines deleted...]
-  <si>
     <t>Skianzuge</t>
   </si>
   <si>
     <t>Комбинезоны лыжные (EXTRA)</t>
   </si>
   <si>
-    <t>Skianzuge II</t>
-[...1 lines deleted...]
-  <si>
     <t>SKITR</t>
   </si>
   <si>
     <t>SLEEP.B</t>
   </si>
   <si>
     <t>Спальные мешки</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>Шорты</t>
   </si>
   <si>
     <t>Sneaker Lady</t>
   </si>
   <si>
     <t>Обувь женская спорт</t>
   </si>
   <si>
     <t>Sommer Jeans Jacken</t>
   </si>
   <si>
     <t>Куртки джинсовые (EXTRA)</t>
   </si>
   <si>
     <t>SPM-X</t>
   </si>
   <si>
     <t>MIX смесь взрослая весна-лето+бренды</t>
   </si>
   <si>
     <t>SPORT F</t>
   </si>
   <si>
     <t>Спорт (EXTRA)</t>
   </si>
   <si>
     <t>SPORT-MIX-E</t>
   </si>
   <si>
     <t>Спорт (CREAM)</t>
   </si>
   <si>
     <t>SPORT-XB</t>
   </si>
   <si>
-    <t>Sportmutzen Caps</t>
-[...4 lines deleted...]
-  <si>
     <t>SPP</t>
   </si>
   <si>
     <t>Обувь детская (тапочки)</t>
   </si>
   <si>
     <t>STPM</t>
   </si>
   <si>
     <t>Сток MIX смесь взрослая весна-лето</t>
   </si>
   <si>
     <t>Strickwaren</t>
   </si>
   <si>
     <t>Шарфы шапки (EXTRA)</t>
   </si>
   <si>
     <t>SUP SDT</t>
   </si>
   <si>
     <t>MIX смесь взрослая и детская (CREAM+EXTRA)</t>
   </si>
   <si>
-    <t>SUP SDT WI 90</t>
-[...4 lines deleted...]
-  <si>
     <t>SUP SU/WI</t>
   </si>
   <si>
     <t>MIX смесь всесезонная (CREM)</t>
   </si>
   <si>
     <t>SUP SU/WI 100</t>
   </si>
   <si>
-    <t>SUP SUMMER</t>
-[...4 lines deleted...]
-  <si>
     <t>SUPER WINT</t>
   </si>
   <si>
     <t>MIX смесь взрослая зимняя (CREM)</t>
   </si>
   <si>
     <t>SWEATERS CROP TOP-V</t>
   </si>
   <si>
     <t>Свитера укороченные (ТОП)</t>
   </si>
   <si>
     <t>Sweatshirt Som</t>
   </si>
   <si>
     <t>Футболки с длинным рукавом (EXTRA)</t>
   </si>
   <si>
     <t>Sweatshirts Geo</t>
   </si>
   <si>
     <t>SWED-MIX</t>
   </si>
   <si>
     <t>MIX смесь сезонная осень-зима  (EXTRA)</t>
@@ -1917,219 +1695,171 @@
   <si>
     <t>T-Shirt</t>
   </si>
   <si>
     <t>Футболки (1-я кат.)</t>
   </si>
   <si>
     <t>T-Shirt Damen+Herren</t>
   </si>
   <si>
     <t>Футболки (EXTRA)</t>
   </si>
   <si>
     <t>Tagesdecken</t>
   </si>
   <si>
     <t>Покрывала (EXTRA)</t>
   </si>
   <si>
     <t>Tappezzeria crema</t>
   </si>
   <si>
     <t>Домашний обиход  (CREAM)</t>
   </si>
   <si>
-    <t>Taschen Geo</t>
-[...4 lines deleted...]
-  <si>
     <t>Tischdecken</t>
   </si>
   <si>
     <t>Скатерти</t>
   </si>
   <si>
-    <t>TOW-X -20</t>
-[...1 lines deleted...]
-  <si>
     <t>TOW-X -25</t>
   </si>
   <si>
     <t>TR-X</t>
   </si>
   <si>
     <t>Training</t>
   </si>
   <si>
-    <t>TRAINING EXTRA-V</t>
-[...7 lines deleted...]
-  <si>
     <t>TRS CLR+</t>
   </si>
   <si>
     <t>Спорт детский</t>
   </si>
   <si>
     <t>TSH-X</t>
   </si>
   <si>
-    <t>TSHF</t>
-[...1 lines deleted...]
-  <si>
     <t>TTUK GBX</t>
   </si>
   <si>
     <t>MIX смесь взрослая + детская летняя</t>
   </si>
   <si>
     <t>TUNIKA</t>
   </si>
   <si>
     <t>Туники</t>
   </si>
   <si>
     <t>Tute lavoro</t>
   </si>
   <si>
     <t>Ubergardinen</t>
   </si>
   <si>
     <t>UND-X</t>
   </si>
   <si>
     <t>Белье нижнее (1-кат.)</t>
   </si>
   <si>
-    <t>VINTAGE ITALY-V -25</t>
-[...4 lines deleted...]
-  <si>
     <t>VUF20</t>
   </si>
   <si>
-    <t>VUFL</t>
-[...1 lines deleted...]
-  <si>
     <t>W Schuhe K I</t>
   </si>
   <si>
     <t>Обувь зимняя (EXTRA + 1кат.)</t>
   </si>
   <si>
     <t>W-Mix Plus-USA</t>
   </si>
   <si>
     <t>MIX смесь женская осень-зима (большие размеры)</t>
   </si>
   <si>
     <t>W-Mix Sum Fash Reno-USA</t>
   </si>
   <si>
     <t>MIX смесь женская лето (CREAM)</t>
   </si>
   <si>
     <t>W-Mix Sum Plus-USA</t>
   </si>
   <si>
     <t>MIX смесь женская летняя (большие размеры)</t>
   </si>
   <si>
-    <t>W-Mix Win Fash Plus-USA</t>
-[...4 lines deleted...]
-  <si>
     <t>WCAPS</t>
   </si>
   <si>
     <t>Шапки и шарфы (EXTRA)</t>
   </si>
   <si>
     <t>Weihnachsdecken</t>
   </si>
   <si>
     <t>Скатерти декоративные (нововгодние)</t>
   </si>
   <si>
     <t>Westen mix</t>
   </si>
   <si>
     <t>Жилетки  (EXTRA)</t>
   </si>
   <si>
     <t>Wi C Cream ABD</t>
   </si>
   <si>
     <t>WINTER CHILDREN-V</t>
   </si>
   <si>
     <t>Детская смесь зимняя 0-10 лет</t>
   </si>
   <si>
-    <t>WINTER SWEATERS-IT -30</t>
-[...4 lines deleted...]
-  <si>
     <t>WORK CLOTHING-V</t>
   </si>
   <si>
     <t>WORKCL EXT</t>
   </si>
   <si>
-    <t>Worker Arbeitskleidung</t>
-[...1 lines deleted...]
-  <si>
     <t>WPM</t>
   </si>
   <si>
-    <t>WRP-T</t>
-[...4 lines deleted...]
-  <si>
     <t>WSW</t>
   </si>
   <si>
     <t>WVUF</t>
   </si>
   <si>
     <t>X-CL</t>
+  </si>
+  <si>
+    <t>MIX смесь женская всесезонная</t>
   </si>
   <si>
     <t>XL-MIX-E -30</t>
   </si>
   <si>
     <t>XXL ~140</t>
   </si>
   <si>
     <t>XXL 50/60</t>
   </si>
   <si>
     <t>XXL Mix</t>
   </si>
   <si>
     <t>MIX смесь большие размеры (EXTRA)</t>
   </si>
   <si>
     <t>Young ABD</t>
   </si>
   <si>
     <t>Обувь подростковая спорт</t>
   </si>
   <si>
     <t>ZIP-X</t>
   </si>
@@ -2451,51 +2181,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E399"/>
+  <dimension ref="A1:E344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
@@ -2655,6590 +2385,5691 @@
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11">
         <v>4.89</v>
       </c>
       <c r="E11">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12">
-        <v>7.07</v>
+        <v>4.95</v>
       </c>
       <c r="E12">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D13">
-        <v>8.9</v>
+        <v>6.65</v>
       </c>
       <c r="E13">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D14">
-        <v>5.65</v>
+        <v>9.710000000000001</v>
       </c>
       <c r="E14">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15">
-        <v>8.57</v>
+        <v>8.4</v>
       </c>
       <c r="E15">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D16">
-        <v>6.65</v>
+        <v>10.4</v>
       </c>
       <c r="E16">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D17">
-        <v>9.710000000000001</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E17">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18">
-        <v>8.4</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E18">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19">
-        <v>10.4</v>
+        <v>5.9</v>
       </c>
       <c r="E19">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20">
-        <v>9.800000000000001</v>
+        <v>14.5</v>
       </c>
       <c r="E20">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21">
-        <v>9.800000000000001</v>
+        <v>15.89</v>
       </c>
       <c r="E21">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>6</v>
       </c>
       <c r="C22" t="s">
         <v>48</v>
       </c>
       <c r="D22">
-        <v>7.74</v>
+        <v>6.9</v>
       </c>
       <c r="E22">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C23" t="s">
         <v>50</v>
       </c>
       <c r="D23">
-        <v>6.2</v>
+        <v>6.9</v>
       </c>
       <c r="E23">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>51</v>
       </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24">
-        <v>14.6</v>
+        <v>14.5</v>
       </c>
       <c r="E24">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>6</v>
       </c>
       <c r="C25" t="s">
         <v>54</v>
       </c>
       <c r="D25">
-        <v>8.720000000000001</v>
+        <v>6.9</v>
       </c>
       <c r="E25">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C26" t="s">
         <v>56</v>
       </c>
       <c r="D26">
-        <v>7</v>
+        <v>6.2</v>
       </c>
       <c r="E26">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C27" t="s">
         <v>58</v>
       </c>
       <c r="D27">
-        <v>8.57</v>
+        <v>14.6</v>
       </c>
       <c r="E27">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>6</v>
       </c>
       <c r="C28" t="s">
         <v>60</v>
       </c>
       <c r="D28">
-        <v>8.57</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="E28">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>6</v>
       </c>
       <c r="C29" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="D29">
-        <v>3.54</v>
+        <v>7</v>
       </c>
       <c r="E29">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="C30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D30">
-        <v>5.9</v>
+        <v>8.57</v>
       </c>
       <c r="E30">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>6</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D31">
-        <v>6.93</v>
+        <v>3.54</v>
       </c>
       <c r="E31">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32">
-        <v>9.42</v>
+        <v>5.9</v>
       </c>
       <c r="E32">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>6</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D33">
-        <v>8.57</v>
+        <v>6.93</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
         <v>69</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34">
-        <v>9.49</v>
+        <v>8.57</v>
       </c>
       <c r="E34">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D35">
-        <v>12.8</v>
+        <v>9.49</v>
       </c>
       <c r="E35">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>73</v>
       </c>
       <c r="D36">
-        <v>6.93</v>
+        <v>12.8</v>
       </c>
       <c r="E36">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>6</v>
       </c>
       <c r="C37" t="s">
         <v>75</v>
       </c>
       <c r="D37">
-        <v>10.73</v>
+        <v>6.93</v>
       </c>
       <c r="E37">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>6</v>
       </c>
       <c r="C38" t="s">
         <v>77</v>
       </c>
       <c r="D38">
-        <v>5.4</v>
+        <v>10.73</v>
       </c>
       <c r="E38">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>78</v>
       </c>
+      <c r="B39" t="s">
+        <v>6</v>
+      </c>
       <c r="C39" t="s">
         <v>79</v>
       </c>
       <c r="D39">
-        <v>7.3</v>
+        <v>5.4</v>
       </c>
       <c r="E39">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>81</v>
       </c>
       <c r="D40">
-        <v>10.29</v>
+        <v>7.3</v>
       </c>
       <c r="E40">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>83</v>
       </c>
       <c r="D41">
-        <v>9.199999999999999</v>
+        <v>10.29</v>
       </c>
       <c r="E41">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
         <v>85</v>
       </c>
       <c r="D42">
         <v>10.01</v>
       </c>
       <c r="E42">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>6</v>
       </c>
       <c r="C43" t="s">
         <v>87</v>
       </c>
       <c r="D43">
-        <v>14.79</v>
+        <v>26.75</v>
       </c>
       <c r="E43">
-        <v>25</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>6</v>
       </c>
       <c r="C44" t="s">
         <v>89</v>
       </c>
       <c r="D44">
-        <v>26.75</v>
+        <v>22.52</v>
       </c>
       <c r="E44">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>90</v>
       </c>
       <c r="B45" t="s">
         <v>6</v>
       </c>
       <c r="C45" t="s">
         <v>91</v>
       </c>
       <c r="D45">
-        <v>22.52</v>
+        <v>10.22</v>
       </c>
       <c r="E45">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>6</v>
       </c>
       <c r="C46" t="s">
         <v>93</v>
       </c>
       <c r="D46">
-        <v>4.9</v>
+        <v>10.8</v>
       </c>
       <c r="E46">
-        <v>181</v>
+        <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>94</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C47" t="s">
         <v>95</v>
       </c>
       <c r="D47">
-        <v>10.22</v>
+        <v>11.9</v>
       </c>
       <c r="E47">
-        <v>25</v>
+        <v>68</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>6</v>
       </c>
       <c r="C48" t="s">
         <v>97</v>
       </c>
       <c r="D48">
-        <v>10.8</v>
+        <v>15.4</v>
       </c>
       <c r="E48">
-        <v>65</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C49" t="s">
         <v>99</v>
       </c>
       <c r="D49">
-        <v>11.9</v>
+        <v>9.5</v>
       </c>
       <c r="E49">
-        <v>68</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>100</v>
       </c>
       <c r="B50" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>101</v>
       </c>
       <c r="D50">
-        <v>15.4</v>
+        <v>5.5</v>
       </c>
       <c r="E50">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>6</v>
       </c>
       <c r="C51" t="s">
         <v>103</v>
       </c>
       <c r="D51">
-        <v>9.5</v>
+        <v>15.58</v>
       </c>
       <c r="E51">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>104</v>
       </c>
       <c r="B52" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C52" t="s">
         <v>105</v>
       </c>
       <c r="D52">
-        <v>5.5</v>
+        <v>2.95</v>
       </c>
       <c r="E52">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>106</v>
       </c>
       <c r="B53" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C53" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D53">
-        <v>15.58</v>
+        <v>5.1</v>
       </c>
       <c r="E53">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" t="s">
+        <v>16</v>
+      </c>
+      <c r="C54" t="s">
         <v>108</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54">
-        <v>12.68</v>
+        <v>4.45</v>
       </c>
       <c r="E54">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
+        <v>109</v>
+      </c>
+      <c r="B55" t="s">
+        <v>6</v>
+      </c>
+      <c r="C55" t="s">
         <v>110</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55">
-        <v>5.9</v>
+        <v>10.96</v>
       </c>
       <c r="E55">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
+        <v>111</v>
+      </c>
+      <c r="B56" t="s">
+        <v>6</v>
+      </c>
+      <c r="C56" t="s">
         <v>112</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56">
-        <v>5.1</v>
+        <v>5.23</v>
       </c>
       <c r="E56">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>113</v>
       </c>
       <c r="B57" t="s">
         <v>16</v>
       </c>
       <c r="C57" t="s">
         <v>114</v>
       </c>
       <c r="D57">
-        <v>8.9</v>
+        <v>8.57</v>
       </c>
       <c r="E57">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>115</v>
       </c>
       <c r="B58" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C58" t="s">
         <v>116</v>
       </c>
       <c r="D58">
-        <v>10.96</v>
+        <v>6.24</v>
       </c>
       <c r="E58">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>117</v>
       </c>
       <c r="B59" t="s">
         <v>6</v>
       </c>
       <c r="C59" t="s">
         <v>118</v>
       </c>
       <c r="D59">
-        <v>5.23</v>
+        <v>11.93</v>
       </c>
       <c r="E59">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>119</v>
       </c>
       <c r="B60" t="s">
         <v>6</v>
       </c>
       <c r="C60" t="s">
         <v>120</v>
       </c>
       <c r="D60">
-        <v>11.34</v>
+        <v>8.57</v>
       </c>
       <c r="E60">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>121</v>
       </c>
       <c r="B61" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C61" t="s">
         <v>122</v>
       </c>
       <c r="D61">
-        <v>8.57</v>
+        <v>8.5</v>
       </c>
       <c r="E61">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>16</v>
       </c>
       <c r="C62" t="s">
         <v>124</v>
       </c>
       <c r="D62">
-        <v>6.24</v>
+        <v>8.82</v>
       </c>
       <c r="E62">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>125</v>
       </c>
       <c r="B63" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C63" t="s">
         <v>126</v>
       </c>
       <c r="D63">
-        <v>11.93</v>
+        <v>9.49</v>
       </c>
       <c r="E63">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>127</v>
       </c>
       <c r="B64" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C64" t="s">
         <v>128</v>
       </c>
       <c r="D64">
-        <v>8.789999999999999</v>
+        <v>15.9</v>
       </c>
       <c r="E64">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>129</v>
       </c>
       <c r="B65" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C65" t="s">
         <v>130</v>
       </c>
       <c r="D65">
-        <v>8.57</v>
+        <v>11.7</v>
       </c>
       <c r="E65">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>131</v>
       </c>
       <c r="B66" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C66" t="s">
         <v>132</v>
       </c>
       <c r="D66">
-        <v>6.68</v>
+        <v>13.6</v>
       </c>
       <c r="E66">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>133</v>
       </c>
       <c r="B67" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>134</v>
       </c>
       <c r="D67">
-        <v>8.5</v>
+        <v>6.6</v>
       </c>
       <c r="E67">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>135</v>
       </c>
       <c r="B68" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C68" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D68">
-        <v>100</v>
+        <v>11.3</v>
       </c>
       <c r="E68">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B69" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C69" t="s">
-        <v>67</v>
+        <v>138</v>
       </c>
       <c r="D69">
-        <v>10</v>
+        <v>19.9</v>
       </c>
       <c r="E69">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B70" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C70" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D70">
-        <v>12.6</v>
+        <v>13.6</v>
       </c>
       <c r="E70">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C71" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D71">
-        <v>8.6</v>
+        <v>11.03</v>
       </c>
       <c r="E71">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C72" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D72">
-        <v>15.9</v>
+        <v>14.37</v>
       </c>
       <c r="E72">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B73" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D73">
-        <v>11.7</v>
+        <v>14.4</v>
       </c>
       <c r="E73">
         <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C74" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D74">
-        <v>13.6</v>
+        <v>11.6</v>
       </c>
       <c r="E74">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B75" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C75" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D75">
-        <v>6.6</v>
+        <v>9.9</v>
       </c>
       <c r="E75">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B76" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C76" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D76">
-        <v>11.3</v>
+        <v>9.42</v>
       </c>
       <c r="E76">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B77" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C77" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D77">
-        <v>19.9</v>
+        <v>3.5</v>
       </c>
       <c r="E77">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B78" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C78" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D78">
-        <v>13.6</v>
+        <v>9.710000000000001</v>
       </c>
       <c r="E78">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B79" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="C79" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D79">
-        <v>11.03</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E79">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B80" t="s">
         <v>6</v>
       </c>
       <c r="C80" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D80">
-        <v>14.37</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E80">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>159</v>
+        <v>161</v>
+      </c>
+      <c r="B81" t="s">
+        <v>11</v>
       </c>
       <c r="C81" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D81">
-        <v>7.6</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E81">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B82" t="s">
         <v>6</v>
       </c>
       <c r="C82" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D82">
-        <v>14.4</v>
+        <v>7</v>
       </c>
       <c r="E82">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B83" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D83">
-        <v>11.6</v>
+        <v>7.74</v>
       </c>
       <c r="E83">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B84" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D84">
-        <v>9.9</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E84">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B85" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D85">
-        <v>6.9</v>
+        <v>7.7</v>
       </c>
       <c r="E85">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B86" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C86" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D86">
-        <v>9.42</v>
+        <v>8.43</v>
       </c>
       <c r="E86">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B87" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C87" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="D87">
-        <v>12.2</v>
+        <v>7.74</v>
       </c>
       <c r="E87">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B88" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C88" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D88">
-        <v>14.2</v>
+        <v>9.42</v>
       </c>
       <c r="E88">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B89" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C89" t="s">
-        <v>93</v>
+        <v>178</v>
       </c>
       <c r="D89">
-        <v>3.5</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="E89">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B90" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D90">
-        <v>9.710000000000001</v>
+        <v>9.42</v>
       </c>
       <c r="E90">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B91" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C91" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="D91">
-        <v>8.199999999999999</v>
+        <v>13.8</v>
       </c>
       <c r="E91">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B92" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C92" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D92">
-        <v>8.140000000000001</v>
+        <v>7.46</v>
       </c>
       <c r="E92">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B93" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C93" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D93">
-        <v>8.199999999999999</v>
+        <v>4.49</v>
       </c>
       <c r="E93">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B94" t="s">
         <v>6</v>
       </c>
       <c r="C94" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D94">
-        <v>7</v>
+        <v>6.9</v>
       </c>
       <c r="E94">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B95" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C95" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D95">
-        <v>7.74</v>
+        <v>6.2</v>
       </c>
       <c r="E95">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B96" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C96" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D96">
-        <v>9.199999999999999</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E96">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B97" t="s">
         <v>11</v>
       </c>
       <c r="C97" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D97">
-        <v>7.7</v>
+        <v>17.64</v>
       </c>
       <c r="E97">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B98" t="s">
         <v>16</v>
       </c>
       <c r="C98" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D98">
-        <v>8.43</v>
+        <v>6.93</v>
       </c>
       <c r="E98">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B99" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C99" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D99">
-        <v>6.15</v>
+        <v>10.7</v>
       </c>
       <c r="E99">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B100" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C100" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D100">
-        <v>9.42</v>
+        <v>9</v>
       </c>
       <c r="E100">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B101" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C101" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D101">
-        <v>8.720000000000001</v>
+        <v>4.5</v>
       </c>
       <c r="E101">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B102" t="s">
         <v>6</v>
       </c>
       <c r="C102" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D102">
-        <v>9.42</v>
+        <v>5.4</v>
       </c>
       <c r="E102">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B103" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C103" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D103">
-        <v>7.46</v>
+        <v>11.25</v>
       </c>
       <c r="E103">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B104" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C104" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D104">
-        <v>7.89</v>
+        <v>7.32</v>
       </c>
       <c r="E104">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B105" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C105" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D105">
-        <v>4.49</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E105">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B106" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C106" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D106">
-        <v>6.9</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E106">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B107" t="s">
         <v>6</v>
       </c>
       <c r="C107" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D107">
-        <v>6.2</v>
+        <v>4.6</v>
       </c>
       <c r="E107">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D108">
-        <v>11.03</v>
+        <v>3.9</v>
       </c>
       <c r="E108">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B109" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C109" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D109">
-        <v>8.699999999999999</v>
+        <v>5.1</v>
       </c>
       <c r="E109">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B110" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C110" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D110">
-        <v>17.64</v>
+        <v>3.3</v>
       </c>
       <c r="E110">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B111" t="s">
         <v>16</v>
       </c>
       <c r="C111" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="D111">
-        <v>6.93</v>
+        <v>5.8</v>
       </c>
       <c r="E111">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>219</v>
       </c>
       <c r="B112" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C112" t="s">
         <v>220</v>
       </c>
       <c r="D112">
-        <v>10.7</v>
+        <v>7.89</v>
       </c>
       <c r="E112">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>221</v>
       </c>
       <c r="B113" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C113" t="s">
         <v>222</v>
       </c>
       <c r="D113">
-        <v>7.8</v>
+        <v>9.42</v>
       </c>
       <c r="E113">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>223</v>
       </c>
       <c r="B114" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C114" t="s">
         <v>224</v>
       </c>
       <c r="D114">
-        <v>7.8</v>
+        <v>7.6</v>
       </c>
       <c r="E114">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>225</v>
       </c>
       <c r="B115" t="s">
         <v>6</v>
       </c>
       <c r="C115" t="s">
         <v>226</v>
       </c>
       <c r="D115">
-        <v>4.5</v>
+        <v>10.4</v>
       </c>
       <c r="E115">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>227</v>
       </c>
       <c r="B116" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C116" t="s">
-        <v>228</v>
+        <v>40</v>
       </c>
       <c r="D116">
-        <v>7.89</v>
+        <v>10.4</v>
       </c>
       <c r="E116">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
+        <v>228</v>
+      </c>
+      <c r="B117" t="s">
+        <v>11</v>
+      </c>
+      <c r="C117" t="s">
         <v>229</v>
       </c>
-      <c r="B117" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D117">
-        <v>5.4</v>
+        <v>11.6</v>
       </c>
       <c r="E117">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
+        <v>230</v>
+      </c>
+      <c r="B118" t="s">
+        <v>16</v>
+      </c>
+      <c r="C118" t="s">
         <v>231</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118">
-        <v>11.25</v>
+        <v>11</v>
       </c>
       <c r="E118">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B119" t="s">
         <v>16</v>
       </c>
       <c r="C119" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D119">
-        <v>8.800000000000001</v>
+        <v>4.9</v>
       </c>
       <c r="E119">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B120" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C120" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D120">
-        <v>4.6</v>
+        <v>4.9</v>
       </c>
       <c r="E120">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B121" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>238</v>
+        <v>64</v>
       </c>
       <c r="D121">
-        <v>3.9</v>
+        <v>9.06</v>
       </c>
       <c r="E121">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B122" t="s">
         <v>16</v>
       </c>
       <c r="C122" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D122">
-        <v>5.1</v>
+        <v>4.9</v>
       </c>
       <c r="E122">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B123" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C123" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D123">
-        <v>3.3</v>
+        <v>10.01</v>
       </c>
       <c r="E123">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B124" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C124" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="D124">
-        <v>6.08</v>
+        <v>10.3</v>
       </c>
       <c r="E124">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
+        <v>242</v>
+      </c>
+      <c r="B125" t="s">
+        <v>33</v>
+      </c>
+      <c r="C125" t="s">
         <v>243</v>
       </c>
-      <c r="B125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D125">
-        <v>7.89</v>
+        <v>7.6</v>
       </c>
       <c r="E125">
         <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B126" t="s">
         <v>11</v>
       </c>
       <c r="C126" t="s">
-        <v>246</v>
+        <v>220</v>
       </c>
       <c r="D126">
-        <v>9.42</v>
+        <v>9.93</v>
       </c>
       <c r="E126">
         <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B127" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C127" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D127">
-        <v>7.6</v>
+        <v>12.9</v>
       </c>
       <c r="E127">
         <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B128" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C128" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D128">
-        <v>10.4</v>
+        <v>11.03</v>
       </c>
       <c r="E128">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B129" t="s">
         <v>11</v>
       </c>
       <c r="C129" t="s">
-        <v>46</v>
+        <v>250</v>
       </c>
       <c r="D129">
-        <v>10.4</v>
+        <v>9.859999999999999</v>
       </c>
       <c r="E129">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
+        <v>251</v>
+      </c>
+      <c r="B130" t="s">
+        <v>6</v>
+      </c>
+      <c r="C130" t="s">
         <v>252</v>
       </c>
-      <c r="B130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D130">
-        <v>11.6</v>
+        <v>9.859999999999999</v>
       </c>
       <c r="E130">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B131" t="s">
         <v>16</v>
       </c>
       <c r="C131" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D131">
-        <v>10.4</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="E131">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B132" t="s">
         <v>16</v>
       </c>
       <c r="C132" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D132">
-        <v>11</v>
+        <v>9.710000000000001</v>
       </c>
       <c r="E132">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
+        <v>257</v>
+      </c>
+      <c r="B133" t="s">
+        <v>6</v>
+      </c>
+      <c r="C133" t="s">
         <v>258</v>
       </c>
-      <c r="B133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D133">
-        <v>4.9</v>
+        <v>8.43</v>
       </c>
       <c r="E133">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B134" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C134" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="D134">
-        <v>4.9</v>
+        <v>7.6</v>
       </c>
       <c r="E134">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B135" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C135" t="s">
-        <v>58</v>
+        <v>243</v>
       </c>
       <c r="D135">
-        <v>9.06</v>
+        <v>7.39</v>
       </c>
       <c r="E135">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
+        <v>261</v>
+      </c>
+      <c r="B136" t="s">
+        <v>33</v>
+      </c>
+      <c r="C136" t="s">
         <v>262</v>
       </c>
-      <c r="B136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D136">
-        <v>4.9</v>
+        <v>10.7</v>
       </c>
       <c r="E136">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
+        <v>263</v>
+      </c>
+      <c r="B137" t="s">
+        <v>33</v>
+      </c>
+      <c r="C137" t="s">
         <v>264</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137">
-        <v>6.2</v>
+        <v>3</v>
       </c>
       <c r="E137">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B138" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C138" t="s">
-        <v>267</v>
+        <v>142</v>
       </c>
       <c r="D138">
-        <v>10.3</v>
+        <v>3</v>
       </c>
       <c r="E138">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B139" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C139" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D139">
-        <v>7.6</v>
+        <v>5.78</v>
       </c>
       <c r="E139">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B140" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C140" t="s">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="D140">
-        <v>9.93</v>
+        <v>6.9</v>
       </c>
       <c r="E140">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B141" t="s">
         <v>11</v>
       </c>
       <c r="C141" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D141">
-        <v>11.03</v>
+        <v>6.79</v>
       </c>
       <c r="E141">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B142" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C142" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D142">
-        <v>9.859999999999999</v>
+        <v>14.4</v>
       </c>
       <c r="E142">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B143" t="s">
         <v>16</v>
       </c>
       <c r="C143" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D143">
-        <v>9.710000000000001</v>
+        <v>14.37</v>
       </c>
       <c r="E143">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B144" t="s">
         <v>6</v>
       </c>
       <c r="C144" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D144">
-        <v>8.43</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E144">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B145" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C145" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D145">
-        <v>7.6</v>
+        <v>9.640000000000001</v>
       </c>
       <c r="E145">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
+        <v>279</v>
+      </c>
+      <c r="B146" t="s">
+        <v>6</v>
+      </c>
+      <c r="C146" t="s">
         <v>280</v>
       </c>
-      <c r="B146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D146">
-        <v>10.7</v>
+        <v>9.130000000000001</v>
       </c>
       <c r="E146">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
+        <v>281</v>
+      </c>
+      <c r="B147" t="s">
+        <v>6</v>
+      </c>
+      <c r="C147" t="s">
         <v>282</v>
       </c>
-      <c r="B147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D147">
-        <v>3</v>
+        <v>8.57</v>
       </c>
       <c r="E147">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
+        <v>283</v>
+      </c>
+      <c r="B148" t="s">
+        <v>6</v>
+      </c>
+      <c r="C148" t="s">
         <v>284</v>
       </c>
-      <c r="B148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D148">
-        <v>3</v>
+        <v>8.57</v>
       </c>
       <c r="E148">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>285</v>
       </c>
       <c r="B149" t="s">
         <v>6</v>
       </c>
       <c r="C149" t="s">
         <v>286</v>
       </c>
       <c r="D149">
-        <v>5.78</v>
+        <v>10.44</v>
       </c>
       <c r="E149">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>287</v>
       </c>
       <c r="B150" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C150" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D150">
-        <v>6.9</v>
+        <v>6.42</v>
       </c>
       <c r="E150">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B151" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C151" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="D151">
-        <v>6.79</v>
+        <v>8.5</v>
       </c>
       <c r="E151">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>290</v>
       </c>
       <c r="B152" t="s">
         <v>6</v>
       </c>
       <c r="C152" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="D152">
-        <v>8.859999999999999</v>
+        <v>8.5</v>
       </c>
       <c r="E152">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B153" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C153" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="D153">
-        <v>8.199999999999999</v>
+        <v>7.4</v>
       </c>
       <c r="E153">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
+        <v>292</v>
+      </c>
+      <c r="B154" t="s">
+        <v>33</v>
+      </c>
+      <c r="C154" t="s">
         <v>293</v>
       </c>
-      <c r="B154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D154">
-        <v>14.4</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E154">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B155" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C155" t="s">
-        <v>296</v>
+        <v>77</v>
       </c>
       <c r="D155">
-        <v>14.37</v>
+        <v>9.06</v>
       </c>
       <c r="E155">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B156" t="s">
         <v>6</v>
       </c>
       <c r="C156" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D156">
-        <v>9.199999999999999</v>
+        <v>11.34</v>
       </c>
       <c r="E156">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="B157" t="s">
         <v>6</v>
       </c>
       <c r="C157" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D157">
-        <v>9.640000000000001</v>
+        <v>4.8</v>
       </c>
       <c r="E157">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B158" t="s">
         <v>6</v>
       </c>
       <c r="C158" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D158">
-        <v>6.28</v>
+        <v>4.8</v>
       </c>
       <c r="E158">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B159" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C159" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D159">
-        <v>9.130000000000001</v>
+        <v>6.19</v>
       </c>
       <c r="E159">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B160" t="s">
         <v>6</v>
       </c>
       <c r="C160" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D160">
-        <v>10.44</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E160">
         <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B161" t="s">
         <v>6</v>
       </c>
       <c r="C161" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D161">
-        <v>6.42</v>
+        <v>7.8</v>
       </c>
       <c r="E161">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B162" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C162" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="D162">
-        <v>6.15</v>
+        <v>7.8</v>
       </c>
       <c r="E162">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B163" t="s">
         <v>6</v>
       </c>
       <c r="C163" t="s">
-        <v>228</v>
+        <v>309</v>
       </c>
       <c r="D163">
-        <v>8.5</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E163">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B164" t="s">
         <v>6</v>
       </c>
       <c r="C164" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="D164">
-        <v>8.5</v>
+        <v>3.87</v>
       </c>
       <c r="E164">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B165" t="s">
         <v>6</v>
       </c>
       <c r="C165" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D165">
-        <v>7.74</v>
+        <v>6.15</v>
       </c>
       <c r="E165">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B166" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C166" t="s">
-        <v>286</v>
+        <v>315</v>
       </c>
       <c r="D166">
-        <v>7.4</v>
+        <v>4.22</v>
       </c>
       <c r="E166">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
+        <v>316</v>
+      </c>
+      <c r="B167" t="s">
+        <v>6</v>
+      </c>
+      <c r="C167" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D167">
         <v>8.140000000000001</v>
       </c>
       <c r="E167">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
+        <v>318</v>
+      </c>
+      <c r="B168" t="s">
+        <v>6</v>
+      </c>
+      <c r="C168" t="s">
         <v>319</v>
       </c>
-      <c r="B168" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D168">
-        <v>11.34</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E168">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
+        <v>320</v>
+      </c>
+      <c r="B169" t="s">
+        <v>33</v>
+      </c>
+      <c r="C169" t="s">
         <v>321</v>
       </c>
-      <c r="C169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D169">
-        <v>4.8</v>
+        <v>4.95</v>
       </c>
       <c r="E169">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B170" t="s">
         <v>6</v>
       </c>
       <c r="C170" t="s">
-        <v>322</v>
+        <v>272</v>
       </c>
       <c r="D170">
-        <v>4.8</v>
+        <v>11.25</v>
       </c>
       <c r="E170">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
-        <v>324</v>
+        <v>323</v>
+      </c>
+      <c r="B171" t="s">
+        <v>6</v>
       </c>
       <c r="C171" t="s">
-        <v>325</v>
+        <v>164</v>
       </c>
       <c r="D171">
-        <v>6.19</v>
+        <v>8.57</v>
       </c>
       <c r="E171">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B172" t="s">
         <v>6</v>
       </c>
       <c r="C172" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D172">
-        <v>8.199999999999999</v>
+        <v>13.05</v>
       </c>
       <c r="E172">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B173" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C173" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D173">
-        <v>8.199999999999999</v>
+        <v>6.3</v>
       </c>
       <c r="E173">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B174" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C174" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D174">
-        <v>8</v>
+        <v>5.5</v>
       </c>
       <c r="E174">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B175" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C175" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D175">
-        <v>4.8</v>
+        <v>8.6</v>
       </c>
       <c r="E175">
-        <v>18</v>
+        <v>125</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B176" t="s">
         <v>11</v>
       </c>
       <c r="C176" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="D176">
-        <v>8.57</v>
+        <v>19.9</v>
       </c>
       <c r="E176">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B177" t="s">
         <v>6</v>
       </c>
       <c r="C177" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D177">
-        <v>7.8</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E177">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B178" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C178" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D178">
-        <v>7.8</v>
+        <v>19.18</v>
       </c>
       <c r="E178">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B179" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C179" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D179">
-        <v>8.140000000000001</v>
+        <v>12</v>
       </c>
       <c r="E179">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B180" t="s">
         <v>6</v>
       </c>
       <c r="C180" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D180">
-        <v>3.87</v>
+        <v>6.15</v>
       </c>
       <c r="E180">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B181" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C181" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D181">
-        <v>6.15</v>
+        <v>5.78</v>
       </c>
       <c r="E181">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B182" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C182" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D182">
-        <v>8.43</v>
+        <v>7.89</v>
       </c>
       <c r="E182">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B183" t="s">
         <v>6</v>
       </c>
       <c r="C183" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D183">
-        <v>8.140000000000001</v>
+        <v>7.07</v>
       </c>
       <c r="E183">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B184" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C184" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D184">
-        <v>4.95</v>
+        <v>4.49</v>
       </c>
       <c r="E184">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B185" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C185" t="s">
-        <v>294</v>
+        <v>351</v>
       </c>
       <c r="D185">
-        <v>11.25</v>
+        <v>7.6</v>
       </c>
       <c r="E185">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
+        <v>352</v>
+      </c>
+      <c r="B186" t="s">
+        <v>16</v>
+      </c>
+      <c r="C186" t="s">
         <v>353</v>
       </c>
-      <c r="B186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D186">
-        <v>8.57</v>
+        <v>13.2</v>
       </c>
       <c r="E186">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>354</v>
       </c>
       <c r="B187" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C187" t="s">
         <v>355</v>
       </c>
       <c r="D187">
-        <v>13.05</v>
+        <v>9.130000000000001</v>
       </c>
       <c r="E187">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>356</v>
       </c>
       <c r="B188" t="s">
         <v>6</v>
       </c>
       <c r="C188" t="s">
         <v>357</v>
       </c>
       <c r="D188">
-        <v>6.3</v>
+        <v>6.9</v>
       </c>
       <c r="E188">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>358</v>
       </c>
       <c r="B189" t="s">
         <v>6</v>
       </c>
       <c r="C189" t="s">
         <v>359</v>
       </c>
       <c r="D189">
-        <v>9.300000000000001</v>
+        <v>8.5</v>
       </c>
       <c r="E189">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>360</v>
       </c>
       <c r="B190" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C190" t="s">
-        <v>248</v>
+        <v>361</v>
       </c>
       <c r="D190">
-        <v>9.199999999999999</v>
+        <v>5.9</v>
       </c>
       <c r="E190">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B191" t="s">
         <v>6</v>
       </c>
       <c r="C191" t="s">
-        <v>362</v>
+        <v>77</v>
       </c>
       <c r="D191">
-        <v>6.42</v>
+        <v>8.5</v>
       </c>
       <c r="E191">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>363</v>
       </c>
       <c r="B192" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C192" t="s">
         <v>364</v>
       </c>
       <c r="D192">
-        <v>19.18</v>
+        <v>9.49</v>
       </c>
       <c r="E192">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>365</v>
       </c>
       <c r="B193" t="s">
         <v>11</v>
       </c>
       <c r="C193" t="s">
         <v>366</v>
       </c>
       <c r="D193">
-        <v>12</v>
+        <v>4.49</v>
       </c>
       <c r="E193">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>367</v>
       </c>
       <c r="B194" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C194" t="s">
         <v>368</v>
       </c>
       <c r="D194">
-        <v>6.15</v>
+        <v>9.49</v>
       </c>
       <c r="E194">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>369</v>
       </c>
       <c r="B195" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C195" t="s">
         <v>370</v>
       </c>
       <c r="D195">
-        <v>5.78</v>
+        <v>9.92</v>
       </c>
       <c r="E195">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>371</v>
       </c>
       <c r="B196" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C196" t="s">
         <v>372</v>
       </c>
       <c r="D196">
-        <v>7.89</v>
+        <v>6.8</v>
       </c>
       <c r="E196">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>373</v>
       </c>
       <c r="B197" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C197" t="s">
-        <v>182</v>
+        <v>374</v>
       </c>
       <c r="D197">
-        <v>7.2</v>
+        <v>10</v>
       </c>
       <c r="E197">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B198" t="s">
         <v>6</v>
       </c>
       <c r="C198" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D198">
-        <v>7.07</v>
+        <v>11.9</v>
       </c>
       <c r="E198">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B199" t="s">
         <v>6</v>
       </c>
       <c r="C199" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D199">
-        <v>6.42</v>
+        <v>11.9</v>
       </c>
       <c r="E199">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B200" t="s">
         <v>6</v>
       </c>
       <c r="C200" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D200">
-        <v>4.49</v>
+        <v>8.9</v>
       </c>
       <c r="E200">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B201" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C201" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D201">
-        <v>7.6</v>
+        <v>7.39</v>
       </c>
       <c r="E201">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
+        <v>383</v>
+      </c>
+      <c r="B202" t="s">
+        <v>11</v>
+      </c>
+      <c r="C202" t="s">
         <v>382</v>
       </c>
-      <c r="B202" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D202">
-        <v>7.74</v>
+        <v>9.9</v>
       </c>
       <c r="E202">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>384</v>
       </c>
       <c r="B203" t="s">
         <v>6</v>
       </c>
       <c r="C203" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D203">
-        <v>6.9</v>
+        <v>3.08</v>
       </c>
       <c r="E203">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>385</v>
       </c>
       <c r="B204" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C204" t="s">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="D204">
-        <v>8.5</v>
+        <v>6.28</v>
       </c>
       <c r="E204">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>386</v>
       </c>
       <c r="B205" t="s">
         <v>6</v>
       </c>
       <c r="C205" t="s">
-        <v>387</v>
+        <v>335</v>
       </c>
       <c r="D205">
-        <v>5.9</v>
+        <v>6.15</v>
       </c>
       <c r="E205">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
+        <v>387</v>
+      </c>
+      <c r="B206" t="s">
+        <v>6</v>
+      </c>
+      <c r="C206" t="s">
         <v>388</v>
       </c>
-      <c r="B206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D206">
-        <v>8.5</v>
+        <v>17.8</v>
       </c>
       <c r="E206">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>389</v>
       </c>
       <c r="B207" t="s">
         <v>6</v>
       </c>
       <c r="C207" t="s">
         <v>390</v>
       </c>
       <c r="D207">
-        <v>8.57</v>
+        <v>4.4</v>
       </c>
       <c r="E207">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>391</v>
       </c>
       <c r="B208" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C208" t="s">
         <v>392</v>
       </c>
       <c r="D208">
-        <v>9.49</v>
+        <v>4.4</v>
       </c>
       <c r="E208">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>393</v>
       </c>
       <c r="B209" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C209" t="s">
         <v>394</v>
       </c>
       <c r="D209">
-        <v>4.49</v>
+        <v>7.74</v>
       </c>
       <c r="E209">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>395</v>
       </c>
       <c r="B210" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C210" t="s">
         <v>396</v>
       </c>
       <c r="D210">
-        <v>9.49</v>
+        <v>9.789999999999999</v>
       </c>
       <c r="E210">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>397</v>
       </c>
       <c r="B211" t="s">
         <v>6</v>
       </c>
       <c r="C211" t="s">
-        <v>398</v>
+        <v>48</v>
       </c>
       <c r="D211">
-        <v>9.92</v>
+        <v>5.51</v>
       </c>
       <c r="E211">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B212" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C212" t="s">
-        <v>400</v>
+        <v>144</v>
       </c>
       <c r="D212">
-        <v>6.8</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E212">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B213" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C213" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D213">
-        <v>9.49</v>
+        <v>5.5</v>
       </c>
       <c r="E213">
         <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
-        <v>403</v>
+        <v>401</v>
+      </c>
+      <c r="B214" t="s">
+        <v>6</v>
       </c>
       <c r="C214" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D214">
-        <v>10</v>
+        <v>11.9</v>
       </c>
       <c r="E214">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B215" t="s">
         <v>6</v>
       </c>
       <c r="C215" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D215">
-        <v>12.9</v>
+        <v>8.6</v>
       </c>
       <c r="E215">
-        <v>25</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B216" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C216" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D216">
-        <v>11.9</v>
+        <v>6</v>
       </c>
       <c r="E216">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="B217" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C217" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D217">
-        <v>11.9</v>
+        <v>14.52</v>
       </c>
       <c r="E217">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B218" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C218" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D218">
-        <v>23.09</v>
+        <v>9.99</v>
       </c>
       <c r="E218">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
+        <v>411</v>
+      </c>
+      <c r="B219" t="s">
+        <v>11</v>
+      </c>
+      <c r="C219" t="s">
         <v>412</v>
       </c>
-      <c r="B219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D219">
-        <v>8.9</v>
+        <v>6.2</v>
       </c>
       <c r="E219">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
+        <v>413</v>
+      </c>
+      <c r="B220" t="s">
+        <v>16</v>
+      </c>
+      <c r="C220" t="s">
         <v>414</v>
       </c>
-      <c r="B220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D220">
-        <v>7.39</v>
+        <v>6.5</v>
       </c>
       <c r="E220">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
+        <v>415</v>
+      </c>
+      <c r="B221" t="s">
+        <v>6</v>
+      </c>
+      <c r="C221" t="s">
         <v>416</v>
       </c>
-      <c r="B221" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D221">
-        <v>9.9</v>
+        <v>9.1</v>
       </c>
       <c r="E221">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>417</v>
       </c>
       <c r="B222" t="s">
         <v>6</v>
       </c>
       <c r="C222" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D222">
-        <v>3.08</v>
+        <v>7.39</v>
       </c>
       <c r="E222">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B223" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C223" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="D223">
-        <v>6.28</v>
+        <v>8</v>
       </c>
       <c r="E223">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B224" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C224" t="s">
-        <v>420</v>
+        <v>73</v>
       </c>
       <c r="D224">
-        <v>14.6</v>
+        <v>8</v>
       </c>
       <c r="E224">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B225" t="s">
         <v>6</v>
       </c>
       <c r="C225" t="s">
-        <v>359</v>
+        <v>423</v>
       </c>
       <c r="D225">
-        <v>6.15</v>
+        <v>8.57</v>
       </c>
       <c r="E225">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B226" t="s">
         <v>6</v>
       </c>
       <c r="C226" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D226">
-        <v>7.6</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E226">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B227" t="s">
         <v>6</v>
       </c>
       <c r="C227" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D227">
-        <v>4.4</v>
+        <v>6.28</v>
       </c>
       <c r="E227">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B228" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C228" t="s">
-        <v>427</v>
+        <v>162</v>
       </c>
       <c r="D228">
-        <v>4.4</v>
+        <v>11.5</v>
       </c>
       <c r="E228">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B229" t="s">
         <v>6</v>
       </c>
       <c r="C229" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D229">
-        <v>7.74</v>
+        <v>7.9</v>
       </c>
       <c r="E229">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B230" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C230" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D230">
-        <v>9.789999999999999</v>
+        <v>8.6</v>
       </c>
       <c r="E230">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B231" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C231" t="s">
-        <v>433</v>
+        <v>237</v>
       </c>
       <c r="D231">
-        <v>5.51</v>
+        <v>4.6</v>
       </c>
       <c r="E231">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>434</v>
       </c>
       <c r="B232" t="s">
         <v>6</v>
       </c>
       <c r="C232" t="s">
-        <v>158</v>
+        <v>435</v>
       </c>
       <c r="D232">
-        <v>8.199999999999999</v>
+        <v>8.9</v>
       </c>
       <c r="E232">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B233" t="s">
         <v>6</v>
       </c>
       <c r="C233" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D233">
-        <v>5.5</v>
+        <v>5.7</v>
       </c>
       <c r="E233">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B234" t="s">
         <v>6</v>
       </c>
       <c r="C234" t="s">
-        <v>438</v>
+        <v>298</v>
       </c>
       <c r="D234">
-        <v>11.9</v>
+        <v>4.95</v>
       </c>
       <c r="E234">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>439</v>
       </c>
       <c r="B235" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C235" t="s">
-        <v>440</v>
+        <v>329</v>
       </c>
       <c r="D235">
-        <v>8.6</v>
+        <v>3.9</v>
       </c>
       <c r="E235">
-        <v>22.7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
+        <v>440</v>
+      </c>
+      <c r="B236" t="s">
+        <v>6</v>
+      </c>
+      <c r="C236" t="s">
         <v>441</v>
       </c>
-      <c r="B236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D236">
-        <v>6</v>
+        <v>6.5</v>
       </c>
       <c r="E236">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B237" t="s">
         <v>11</v>
       </c>
       <c r="C237" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D237">
-        <v>14.52</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E237">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
+        <v>444</v>
+      </c>
+      <c r="B238" t="s">
+        <v>6</v>
+      </c>
+      <c r="C238" t="s">
         <v>445</v>
       </c>
-      <c r="B238" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D238">
-        <v>9.99</v>
+        <v>8.57</v>
       </c>
       <c r="E238">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B239" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C239" t="s">
-        <v>448</v>
+        <v>278</v>
       </c>
       <c r="D239">
-        <v>6.2</v>
+        <v>8.5</v>
       </c>
       <c r="E239">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B240" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C240" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="D240">
-        <v>6.5</v>
+        <v>12.9</v>
       </c>
       <c r="E240">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B241" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C241" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="D241">
-        <v>9.1</v>
+        <v>11.93</v>
       </c>
       <c r="E241">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B242" t="s">
         <v>6</v>
       </c>
       <c r="C242" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D242">
-        <v>7.39</v>
+        <v>8.9</v>
       </c>
       <c r="E242">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B243" t="s">
         <v>6</v>
       </c>
       <c r="C243" t="s">
-        <v>456</v>
+        <v>248</v>
       </c>
       <c r="D243">
-        <v>8</v>
+        <v>9.9</v>
       </c>
       <c r="E243">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B244" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C244" t="s">
-        <v>71</v>
+        <v>454</v>
       </c>
       <c r="D244">
-        <v>8</v>
+        <v>4.4</v>
       </c>
       <c r="E244">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B245" t="s">
         <v>6</v>
       </c>
       <c r="C245" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="D245">
-        <v>8.57</v>
+        <v>4.4</v>
       </c>
       <c r="E245">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>456</v>
       </c>
       <c r="C246" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="D246">
-        <v>8.800000000000001</v>
+        <v>4.4</v>
       </c>
       <c r="E246">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B247" t="s">
         <v>6</v>
       </c>
       <c r="C247" t="s">
-        <v>463</v>
+        <v>205</v>
       </c>
       <c r="D247">
-        <v>6.65</v>
+        <v>10.29</v>
       </c>
       <c r="E247">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="B248" t="s">
         <v>6</v>
       </c>
       <c r="C248" t="s">
-        <v>465</v>
+        <v>420</v>
       </c>
       <c r="D248">
-        <v>6.93</v>
+        <v>9.93</v>
       </c>
       <c r="E248">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
-        <v>466</v>
+        <v>459</v>
+      </c>
+      <c r="B249" t="s">
+        <v>16</v>
       </c>
       <c r="C249" t="s">
-        <v>467</v>
+        <v>64</v>
       </c>
       <c r="D249">
-        <v>6.28</v>
+        <v>7.5</v>
       </c>
       <c r="E249">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B250" t="s">
         <v>6</v>
       </c>
       <c r="C250" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="D250">
-        <v>13.85</v>
+        <v>12.68</v>
       </c>
       <c r="E250">
         <v>30</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="B251" t="s">
         <v>11</v>
       </c>
       <c r="C251" t="s">
-        <v>182</v>
+        <v>462</v>
       </c>
       <c r="D251">
-        <v>11.5</v>
+        <v>12.68</v>
       </c>
       <c r="E251">
         <v>30</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="B252" t="s">
         <v>6</v>
       </c>
       <c r="C252" t="s">
-        <v>472</v>
+        <v>298</v>
       </c>
       <c r="D252">
-        <v>8.199999999999999</v>
+        <v>5.3</v>
       </c>
       <c r="E252">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="B253" t="s">
         <v>6</v>
       </c>
       <c r="C253" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="D253">
-        <v>7.9</v>
+        <v>11.03</v>
       </c>
       <c r="E253">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="B254" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C254" t="s">
-        <v>331</v>
+        <v>467</v>
       </c>
       <c r="D254">
-        <v>8.199999999999999</v>
+        <v>8</v>
       </c>
       <c r="E254">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="B255" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C255" t="s">
-        <v>263</v>
+        <v>122</v>
       </c>
       <c r="D255">
-        <v>4.6</v>
+        <v>5.5</v>
       </c>
       <c r="E255">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="B256" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C256" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="D256">
-        <v>8.9</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="E256">
         <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>471</v>
       </c>
       <c r="C257" t="s">
-        <v>212</v>
+        <v>472</v>
       </c>
       <c r="D257">
-        <v>7.3</v>
+        <v>8.720000000000001</v>
       </c>
       <c r="E257">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="B258" t="s">
         <v>6</v>
       </c>
       <c r="C258" t="s">
-        <v>212</v>
+        <v>474</v>
       </c>
       <c r="D258">
-        <v>7.74</v>
+        <v>6.4</v>
       </c>
       <c r="E258">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="B259" t="s">
         <v>6</v>
       </c>
       <c r="C259" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D259">
-        <v>5.7</v>
+        <v>20.99</v>
       </c>
       <c r="E259">
-        <v>50</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="B260" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C260" t="s">
-        <v>322</v>
+        <v>478</v>
       </c>
       <c r="D260">
-        <v>4.95</v>
+        <v>8.1</v>
       </c>
       <c r="E260">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="B261" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C261" t="s">
-        <v>485</v>
+        <v>209</v>
       </c>
       <c r="D261">
-        <v>9.199999999999999</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E261">
         <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B262" t="s">
         <v>6</v>
       </c>
       <c r="C262" t="s">
-        <v>485</v>
+        <v>327</v>
       </c>
       <c r="D262">
-        <v>9.199999999999999</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E262">
         <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="B263" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C263" t="s">
-        <v>488</v>
+        <v>343</v>
       </c>
       <c r="D263">
-        <v>8.57</v>
+        <v>3.9</v>
       </c>
       <c r="E263">
         <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B264" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C264" t="s">
-        <v>300</v>
+        <v>483</v>
       </c>
       <c r="D264">
-        <v>8.5</v>
+        <v>10.71</v>
       </c>
       <c r="E264">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="B265" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C265" t="s">
-        <v>491</v>
+        <v>337</v>
       </c>
       <c r="D265">
-        <v>12.9</v>
+        <v>13.3</v>
       </c>
       <c r="E265">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B266" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C266" t="s">
-        <v>485</v>
+        <v>132</v>
       </c>
       <c r="D266">
-        <v>11.93</v>
+        <v>7.9</v>
       </c>
       <c r="E266">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B267" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C267" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="D267">
-        <v>8.9</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E267">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="B268" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C268" t="s">
-        <v>272</v>
+        <v>488</v>
       </c>
       <c r="D268">
-        <v>9.9</v>
+        <v>5.3</v>
       </c>
       <c r="E268">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="B269" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C269" t="s">
-        <v>452</v>
+        <v>488</v>
       </c>
       <c r="D269">
-        <v>5.6</v>
+        <v>5.3</v>
       </c>
       <c r="E269">
         <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B270" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C270" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="D270">
-        <v>4.4</v>
+        <v>11.7</v>
       </c>
       <c r="E270">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B271" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C271" t="s">
-        <v>232</v>
+        <v>493</v>
       </c>
       <c r="D271">
-        <v>10.29</v>
+        <v>5.9</v>
       </c>
       <c r="E271">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B272" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C272" t="s">
-        <v>500</v>
+        <v>199</v>
       </c>
       <c r="D272">
-        <v>11.03</v>
+        <v>6.9</v>
       </c>
       <c r="E272">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="B273" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C273" t="s">
-        <v>291</v>
+        <v>496</v>
       </c>
       <c r="D273">
-        <v>7.07</v>
+        <v>7.4</v>
       </c>
       <c r="E273">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="B274" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C274" t="s">
-        <v>456</v>
+        <v>193</v>
       </c>
       <c r="D274">
-        <v>9.93</v>
+        <v>10.97</v>
       </c>
       <c r="E274">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="B275" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C275" t="s">
-        <v>60</v>
+        <v>499</v>
       </c>
       <c r="D275">
-        <v>8.130000000000001</v>
+        <v>6.64</v>
       </c>
       <c r="E275">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B276" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C276" t="s">
-        <v>58</v>
+        <v>501</v>
       </c>
       <c r="D276">
-        <v>7.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E276">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B277" t="s">
         <v>6</v>
       </c>
       <c r="C277" t="s">
-        <v>212</v>
+        <v>503</v>
       </c>
       <c r="D277">
-        <v>12.68</v>
+        <v>11.2</v>
       </c>
       <c r="E277">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B278" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C278" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D278">
-        <v>12.68</v>
+        <v>9.9</v>
       </c>
       <c r="E278">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="B279" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C279" t="s">
-        <v>322</v>
+        <v>467</v>
       </c>
       <c r="D279">
-        <v>5.3</v>
+        <v>10.29</v>
       </c>
       <c r="E279">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B280" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C280" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D280">
-        <v>11.03</v>
+        <v>6.93</v>
       </c>
       <c r="E280">
         <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B281" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C281" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="D281">
-        <v>8</v>
+        <v>7.9</v>
       </c>
       <c r="E281">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B282" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C282" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
       <c r="D282">
-        <v>5.5</v>
+        <v>7.19</v>
       </c>
       <c r="E282">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B283" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C283" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D283">
-        <v>8.720000000000001</v>
+        <v>7.9</v>
       </c>
       <c r="E283">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B284" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C284" t="s">
-        <v>517</v>
+        <v>105</v>
       </c>
       <c r="D284">
-        <v>6.4</v>
+        <v>3.46</v>
       </c>
       <c r="E284">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="B285" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C285" t="s">
-        <v>519</v>
+        <v>116</v>
       </c>
       <c r="D285">
-        <v>7</v>
+        <v>4.4</v>
       </c>
       <c r="E285">
         <v>25</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B286" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C286" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="D286">
-        <v>7</v>
+        <v>10.01</v>
       </c>
       <c r="E286">
         <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B287" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C287" t="s">
-        <v>134</v>
+        <v>516</v>
       </c>
       <c r="D287">
-        <v>8.140000000000001</v>
+        <v>2.7</v>
       </c>
       <c r="E287">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B288" t="s">
         <v>6</v>
       </c>
       <c r="C288" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="D288">
-        <v>20.99</v>
+        <v>3.15</v>
       </c>
       <c r="E288">
-        <v>12.6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B289" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C289" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="D289">
-        <v>5.2</v>
+        <v>7.5</v>
       </c>
       <c r="E289">
         <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="B290" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C290" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="D290">
-        <v>5.5</v>
+        <v>11.5</v>
       </c>
       <c r="E290">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="B291" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C291" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="D291">
-        <v>6.1</v>
+        <v>5</v>
       </c>
       <c r="E291">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B292" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C292" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="D292">
-        <v>9.42</v>
+        <v>10.3</v>
       </c>
       <c r="E292">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B293" t="s">
         <v>6</v>
       </c>
       <c r="C293" t="s">
-        <v>234</v>
+        <v>529</v>
       </c>
       <c r="D293">
-        <v>8.699999999999999</v>
+        <v>9.06</v>
       </c>
       <c r="E293">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B294" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C294" t="s">
-        <v>370</v>
+        <v>531</v>
       </c>
       <c r="D294">
-        <v>3.9</v>
+        <v>19.18</v>
       </c>
       <c r="E294">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B295" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C295" t="s">
-        <v>536</v>
+        <v>201</v>
       </c>
       <c r="D295">
-        <v>10.71</v>
+        <v>6.15</v>
       </c>
       <c r="E295">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="B296" t="s">
         <v>6</v>
       </c>
       <c r="C296" t="s">
-        <v>364</v>
+        <v>534</v>
       </c>
       <c r="D296">
-        <v>13.3</v>
+        <v>6.65</v>
       </c>
       <c r="E296">
-        <v>23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B297" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C297" t="s">
-        <v>146</v>
+        <v>536</v>
       </c>
       <c r="D297">
-        <v>7.9</v>
+        <v>11.03</v>
       </c>
       <c r="E297">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B298" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C298" t="s">
-        <v>320</v>
+        <v>538</v>
       </c>
       <c r="D298">
-        <v>9.800000000000001</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E298">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
+        <v>539</v>
+      </c>
+      <c r="B299" t="s">
+        <v>6</v>
+      </c>
+      <c r="C299" t="s">
         <v>540</v>
       </c>
-      <c r="B299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D299">
-        <v>9.800000000000001</v>
+        <v>7.9</v>
       </c>
       <c r="E299">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
+        <v>541</v>
+      </c>
+      <c r="B300" t="s">
+        <v>6</v>
+      </c>
+      <c r="C300" t="s">
         <v>542</v>
       </c>
-      <c r="B300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D300">
-        <v>10.01</v>
+        <v>8.9</v>
       </c>
       <c r="E300">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>543</v>
       </c>
       <c r="B301" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C301" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="D301">
-        <v>5.3</v>
+        <v>8.9</v>
       </c>
       <c r="E301">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
+        <v>544</v>
+      </c>
+      <c r="B302" t="s">
+        <v>16</v>
+      </c>
+      <c r="C302" t="s">
         <v>545</v>
       </c>
-      <c r="C302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D302">
-        <v>5.3</v>
+        <v>8.9</v>
       </c>
       <c r="E302">
         <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>546</v>
       </c>
       <c r="B303" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C303" t="s">
         <v>547</v>
       </c>
       <c r="D303">
-        <v>11.7</v>
+        <v>6.2</v>
       </c>
       <c r="E303">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>548</v>
       </c>
       <c r="B304" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C304" t="s">
         <v>549</v>
       </c>
       <c r="D304">
-        <v>5.9</v>
+        <v>9.4</v>
       </c>
       <c r="E304">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>550</v>
       </c>
       <c r="B305" t="s">
         <v>6</v>
       </c>
       <c r="C305" t="s">
-        <v>222</v>
+        <v>282</v>
       </c>
       <c r="D305">
-        <v>6.9</v>
+        <v>9</v>
       </c>
       <c r="E305">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>551</v>
       </c>
       <c r="B306" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C306" t="s">
         <v>552</v>
       </c>
       <c r="D306">
-        <v>7.4</v>
+        <v>10.73</v>
       </c>
       <c r="E306">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>553</v>
       </c>
       <c r="B307" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C307" t="s">
         <v>554</v>
       </c>
       <c r="D307">
-        <v>9.42</v>
+        <v>6.15</v>
       </c>
       <c r="E307">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>555</v>
       </c>
       <c r="B308" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C308" t="s">
         <v>556</v>
       </c>
       <c r="D308">
-        <v>11</v>
+        <v>9.5</v>
       </c>
       <c r="E308">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>557</v>
       </c>
       <c r="B309" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C309" t="s">
-        <v>216</v>
+        <v>558</v>
       </c>
       <c r="D309">
-        <v>10.97</v>
+        <v>5.6</v>
       </c>
       <c r="E309">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B310" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C310" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D310">
-        <v>9.49</v>
+        <v>11.03</v>
       </c>
       <c r="E310">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B311" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C311" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D311">
-        <v>9.300000000000001</v>
+        <v>6.42</v>
       </c>
       <c r="E311">
         <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B312" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C312" t="s">
-        <v>87</v>
+        <v>241</v>
       </c>
       <c r="D312">
-        <v>11.2</v>
+        <v>7.4</v>
       </c>
       <c r="E312">
         <v>25</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B313" t="s">
         <v>6</v>
       </c>
       <c r="C313" t="s">
-        <v>564</v>
+        <v>529</v>
       </c>
       <c r="D313">
-        <v>11.8</v>
+        <v>8.6</v>
       </c>
       <c r="E313">
         <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>565</v>
       </c>
       <c r="B314" t="s">
         <v>6</v>
       </c>
       <c r="C314" t="s">
-        <v>566</v>
+        <v>529</v>
       </c>
       <c r="D314">
-        <v>9.9</v>
+        <v>9.710000000000001</v>
       </c>
       <c r="E314">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
+        <v>566</v>
+      </c>
+      <c r="B315" t="s">
+        <v>6</v>
+      </c>
+      <c r="C315" t="s">
         <v>567</v>
       </c>
-      <c r="B315" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D315">
-        <v>9.9</v>
+        <v>3.9</v>
       </c>
       <c r="E315">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B316" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C316" t="s">
-        <v>570</v>
+        <v>556</v>
       </c>
       <c r="D316">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E316">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B317" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C317" t="s">
-        <v>512</v>
+        <v>570</v>
       </c>
       <c r="D317">
-        <v>10.29</v>
+        <v>7.9</v>
       </c>
       <c r="E317">
-        <v>25</v>
+        <v>62</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
+        <v>571</v>
+      </c>
+      <c r="B318" t="s">
+        <v>11</v>
+      </c>
+      <c r="C318" t="s">
         <v>572</v>
       </c>
-      <c r="B318" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D318">
-        <v>4.9</v>
+        <v>9.09</v>
       </c>
       <c r="E318">
         <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B319" t="s">
         <v>6</v>
       </c>
       <c r="C319" t="s">
-        <v>575</v>
+        <v>152</v>
       </c>
       <c r="D319">
-        <v>7.9</v>
+        <v>5.9</v>
       </c>
       <c r="E319">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B320" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="C320" t="s">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="D320">
-        <v>7.19</v>
+        <v>7.46</v>
       </c>
       <c r="E320">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B321" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C321" t="s">
-        <v>28</v>
+        <v>576</v>
       </c>
       <c r="D321">
-        <v>7.19</v>
+        <v>4.9</v>
       </c>
       <c r="E321">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B322" t="s">
         <v>6</v>
       </c>
       <c r="C322" t="s">
-        <v>575</v>
+        <v>296</v>
       </c>
       <c r="D322">
-        <v>7.9</v>
+        <v>9.9</v>
       </c>
       <c r="E322">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B323" t="s">
         <v>16</v>
       </c>
       <c r="C323" t="s">
-        <v>111</v>
+        <v>579</v>
       </c>
       <c r="D323">
-        <v>6.93</v>
+        <v>4.2</v>
       </c>
       <c r="E323">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>580</v>
       </c>
       <c r="B324" t="s">
         <v>16</v>
       </c>
       <c r="C324" t="s">
-        <v>124</v>
+        <v>581</v>
       </c>
       <c r="D324">
-        <v>6.28</v>
+        <v>6</v>
       </c>
       <c r="E324">
-        <v>25</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B325" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C325" t="s">
-        <v>166</v>
+        <v>583</v>
       </c>
       <c r="D325">
-        <v>6.93</v>
+        <v>11</v>
       </c>
       <c r="E325">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B326" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C326" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D326">
-        <v>10.01</v>
+        <v>6.6</v>
       </c>
       <c r="E326">
         <v>25</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
-        <v>584</v>
+        <v>586</v>
+      </c>
+      <c r="B327" t="s">
+        <v>16</v>
       </c>
       <c r="C327" t="s">
-        <v>166</v>
+        <v>587</v>
       </c>
       <c r="D327">
-        <v>4.5</v>
+        <v>2.73</v>
       </c>
       <c r="E327">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B328" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="C328" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="D328">
-        <v>5.4</v>
+        <v>8.140000000000001</v>
       </c>
       <c r="E328">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B329" t="s">
         <v>6</v>
       </c>
       <c r="C329" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D329">
-        <v>3.15</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E329">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="B330" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C330" t="s">
-        <v>589</v>
+        <v>132</v>
       </c>
       <c r="D330">
-        <v>7.5</v>
+        <v>14.9</v>
       </c>
       <c r="E330">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B331" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C331" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D331">
-        <v>11.5</v>
+        <v>7.74</v>
       </c>
       <c r="E331">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B332" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C332" t="s">
-        <v>593</v>
+        <v>152</v>
       </c>
       <c r="D332">
-        <v>5</v>
+        <v>6.93</v>
       </c>
       <c r="E332">
         <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B333" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C333" t="s">
-        <v>595</v>
+        <v>152</v>
       </c>
       <c r="D333">
-        <v>10.3</v>
+        <v>7.3</v>
       </c>
       <c r="E333">
         <v>25</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B334" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C334" t="s">
-        <v>597</v>
+        <v>301</v>
       </c>
       <c r="D334">
-        <v>9.06</v>
+        <v>10.4</v>
       </c>
       <c r="E334">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>598</v>
       </c>
       <c r="B335" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C335" t="s">
-        <v>599</v>
+        <v>478</v>
       </c>
       <c r="D335">
-        <v>19.18</v>
+        <v>8.6</v>
       </c>
       <c r="E335">
         <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="B336" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C336" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D336">
-        <v>6.15</v>
+        <v>10.6</v>
       </c>
       <c r="E336">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
+        <v>600</v>
+      </c>
+      <c r="B337" t="s">
+        <v>6</v>
+      </c>
+      <c r="C337" t="s">
         <v>601</v>
       </c>
-      <c r="B337" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D337">
-        <v>11.93</v>
+        <v>8.5</v>
       </c>
       <c r="E337">
-        <v>12</v>
+        <v>55</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="B338" t="s">
         <v>6</v>
       </c>
       <c r="C338" t="s">
-        <v>604</v>
+        <v>437</v>
       </c>
       <c r="D338">
-        <v>6.65</v>
+        <v>11.7</v>
       </c>
       <c r="E338">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B339" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C339" t="s">
-        <v>606</v>
+        <v>437</v>
       </c>
       <c r="D339">
-        <v>11.03</v>
+        <v>6.2</v>
       </c>
       <c r="E339">
-        <v>61</v>
+        <v>140</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="B340" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C340" t="s">
-        <v>608</v>
+        <v>437</v>
       </c>
       <c r="D340">
-        <v>8.140000000000001</v>
+        <v>6.2</v>
       </c>
       <c r="E340">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="B341" t="s">
         <v>6</v>
       </c>
       <c r="C341" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D341">
-        <v>7.9</v>
+        <v>9.6</v>
       </c>
       <c r="E341">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B342" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C342" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="D342">
-        <v>7.9</v>
+        <v>15.58</v>
       </c>
       <c r="E342">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B343" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C343" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="D343">
-        <v>8.9</v>
+        <v>9.699999999999999</v>
       </c>
       <c r="E343">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="B344" t="s">
         <v>6</v>
       </c>
       <c r="C344" t="s">
-        <v>614</v>
+        <v>93</v>
       </c>
       <c r="D344">
-        <v>8.9</v>
+        <v>10.9</v>
       </c>
       <c r="E344">
-        <v>100</v>
-[...918 lines deleted...]
-      <c r="E399">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">